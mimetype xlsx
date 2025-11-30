--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -10,87 +10,93 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="85">
   <si>
     <t>QA1</t>
   </si>
   <si>
     <t>Aufwertung von Bestandsgebäuden</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
     <t>QA2</t>
   </si>
   <si>
     <t>Gestaltungsbeirat</t>
   </si>
   <si>
     <t>QA3</t>
   </si>
   <si>
     <t>Bauplanungsrechtliches Qualitätsmanagement im Bestand</t>
   </si>
   <si>
     <t>• Bebauungsplanänderung Rotbäumlesfeld 048_01_03 [fertiggestellt 22. November 2023]
 • Sanierungsprogramme [fertiggestellt 21. Juli 2021]
 • Erhaltungssatzung [fertiggestellt 29. April 2015]</t>
   </si>
   <si>
     <t>QA4</t>
   </si>
   <si>
     <t>Qualitätssicherung im Neubaubereich</t>
   </si>
   <si>
+    <t>QA5</t>
+  </si>
+  <si>
+    <t>Ausbau der Smart-Living-Infrastruktur</t>
+  </si>
+  <si>
     <t>V1</t>
   </si>
   <si>
     <t>Wohnraumangebote für unterschiedliche Zielgruppen - Wohnungsmix</t>
   </si>
   <si>
     <t>V2</t>
   </si>
   <si>
     <t>Kommunale Wohnungspolitik</t>
   </si>
   <si>
     <t>V3</t>
   </si>
   <si>
     <t>Erstellung Mietspiegel</t>
   </si>
   <si>
     <t>V4</t>
   </si>
   <si>
     <t>Beobachtung des Mietwohnungsmarktes</t>
   </si>
   <si>
     <t>V5</t>
@@ -150,50 +156,53 @@
     <t>BV7</t>
   </si>
   <si>
     <t>Unterstützung von Baugemeinschaften bei Neubauprojekten</t>
   </si>
   <si>
     <t>BV8</t>
   </si>
   <si>
     <t>Berücksichtigung sozialer Aspekte beim Verkauf städtischer Grundstücke</t>
   </si>
   <si>
     <t>Qn2</t>
   </si>
   <si>
     <t>Wohnbauliche Potenzialfläche Mitländer Nord</t>
   </si>
   <si>
     <t>Nicht begonnen</t>
   </si>
   <si>
     <t>Qn4</t>
   </si>
   <si>
     <t>Konversion der Jägerhofkaserne in das JägerhofQuartier</t>
+  </si>
+  <si>
+    <t>Abgeschlossen</t>
   </si>
   <si>
     <t>• Bau von ca. 150 Wohnungen, ca. 4.000 qm Gewerbeflächen und eine Kita [im Gange, Frist: 31. Dezember 2025]
 • Grunderwerb durch Wohnungsbau Ludwigsburg GmbH [fertiggestellt 30. August 2019]
 • Sanierungssatzung [fertiggestellt 24. März 2018]
 • Realisierungswettbewerb [fertiggestellt 31. März 2017]</t>
   </si>
   <si>
     <t>Qn7</t>
   </si>
   <si>
     <t>Wohnbauliche Potenzialfläche Aldinger Straße Nord</t>
   </si>
   <si>
     <t>Qn8</t>
   </si>
   <si>
     <t>Dachaufstockungen und -ausbau von Wohngebäuden</t>
   </si>
   <si>
     <t>Planung</t>
   </si>
   <si>
     <t>Qn11</t>
   </si>
@@ -232,53 +241,50 @@
     <t>Gämsenberg</t>
   </si>
   <si>
     <t>• Aufsiedlung des Gebietes [im Gange, Frist: 31. Dezember 2025]
 • Bebauungsplan "Gämsenberg" Nr. 041_05 [fertiggestellt 29. September 2021]
 • Flächennutzungsplan [fertiggestellt 29. September 2021]
 • Städtebaulicher Realisierungswettbewerb [fertiggestellt 6. November 2019]</t>
   </si>
   <si>
     <t>Qn16</t>
   </si>
   <si>
     <t>Grünbühl West</t>
   </si>
   <si>
     <t>• Bauphase [im Gange, Frist: 31. Dezember 2027]
 • Bebauungsplan "Grünbühl West" Nr. 100_02 [fertiggestellt 3. Dezember 2019]
 • Verkehrs- und Freiraumkonzept [fertiggestellt 14. Mai 2019]
 • Mobilitäts- und Verkehrskonzept [fertiggestellt 31. Oktober 2018]</t>
   </si>
   <si>
     <t>Qn17</t>
   </si>
   <si>
     <t>Potenzialstudie Innenentwicklung</t>
-  </si>
-[...1 lines deleted...]
-    <t>Abgeschlossen</t>
   </si>
   <si>
     <t>Qn18</t>
   </si>
   <si>
     <t>Dreifache Innenentwicklung - baulich, grün, mobil</t>
   </si>
   <si>
     <t>Qn20</t>
   </si>
   <si>
     <t>Beratungsprämie</t>
   </si>
   <si>
     <t>Qn24</t>
   </si>
   <si>
     <t>Wohnungsmarktbeobachtung</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
@@ -648,86 +654,86 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="50.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="50.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="30.7109375" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20" customHeight="1">
       <c r="A1" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D1" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F1" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G1" s="4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3">
         <v>45666.43607311343</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
@@ -771,522 +777,539 @@
       </c>
       <c r="C5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="3">
         <v>45664.59594863426</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="50" customHeight="1">
       <c r="A6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="3">
-        <v>45664.59612717592</v>
+        <v>45981.28966450231</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="50" customHeight="1">
       <c r="A7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G7" s="3">
-        <v>45664.59628709491</v>
+        <v>45664.59612717592</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="50" customHeight="1">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="3">
-        <v>45938.38418813657</v>
+        <v>45664.59628709491</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="50" customHeight="1">
       <c r="A9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G9" s="3">
-        <v>45664.59663289352</v>
+        <v>45938.38418813657</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="50" customHeight="1">
       <c r="A10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G10" s="3">
-        <v>45926.35034466435</v>
+        <v>45664.59663289352</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="50" customHeight="1">
       <c r="A11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G11" s="3">
-        <v>45664.59705379629</v>
+        <v>45926.35034466435</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="50" customHeight="1">
       <c r="A12" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="3">
-        <v>45938.39433284722</v>
+        <v>45664.59705379629</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="50" customHeight="1">
       <c r="A13" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="3">
-        <v>45664.59746925926</v>
+        <v>45938.39433284722</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="50" customHeight="1">
       <c r="A14" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G14" s="3">
-        <v>45664.59767590278</v>
+        <v>45664.59746925926</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="50" customHeight="1">
       <c r="A15" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G15" s="3">
-        <v>45664.59782877315</v>
+        <v>45664.59767590278</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="50" customHeight="1">
       <c r="A16" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G16" s="3">
-        <v>45938.47073313657</v>
+        <v>45664.59782877315</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="50" customHeight="1">
       <c r="A17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G17" s="3">
-        <v>45664.59800143519</v>
+        <v>45938.47073313657</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="50" customHeight="1">
       <c r="A18" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G18" s="3">
-        <v>45938.47106386574</v>
+        <v>45664.59800143519</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="50" customHeight="1">
       <c r="A19" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G19" s="3">
-        <v>45664.59817362268</v>
+        <v>45938.47106386574</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="50" customHeight="1">
       <c r="A20" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G20" s="3">
-        <v>45938.47438590278</v>
+        <v>45664.59817362268</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="50" customHeight="1">
       <c r="A21" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>43</v>
+        <v>2</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="G21" s="3">
-        <v>45595.39223637732</v>
+        <v>45938.47438590278</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="50" customHeight="1">
       <c r="A22" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" s="3">
-        <v>45595.49512413194</v>
+        <v>45595.39223637732</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="50" customHeight="1">
       <c r="A23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C23" s="1" t="s">
-        <v>43</v>
+      <c r="E23" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>49</v>
       </c>
       <c r="G23" s="3">
-        <v>45595.39360363426</v>
+        <v>45945.375844375</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="50" customHeight="1">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>45</v>
       </c>
       <c r="G24" s="3">
-        <v>45664.59850126157</v>
+        <v>45595.39360363426</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="50" customHeight="1">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="G25" s="3">
-        <v>45595.62104759259</v>
+        <v>45664.59850126157</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="50" customHeight="1">
       <c r="A26" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G26" s="3">
-        <v>45664.59865009259</v>
+        <v>45595.62104759259</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="50" customHeight="1">
       <c r="A27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="F27" s="1" t="s">
-        <v>58</v>
+      <c r="D27" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="G27" s="3">
-        <v>45944.49336467592</v>
+        <v>45664.59865009259</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="50" customHeight="1">
       <c r="A28" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>43</v>
+        <v>2</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="G28" s="3">
-        <v>45595.39488951389</v>
+        <v>45944.49336467592</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="50" customHeight="1">
       <c r="A29" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G29" s="3">
-        <v>45595.61881474537</v>
+        <v>45595.39488951389</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="50" customHeight="1">
       <c r="A30" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G30" s="3">
-        <v>45595.54613298611</v>
+        <v>45595.61881474537</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="50" customHeight="1">
       <c r="A31" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G31" s="3">
-        <v>45595.4218130787</v>
+        <v>45595.54613298611</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="50" customHeight="1">
       <c r="A32" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="G32" s="3">
-        <v>45664.59879184028</v>
+        <v>45595.4218130787</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="50" customHeight="1">
       <c r="A33" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E33" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="3">
-        <v>45664.59905736111</v>
+        <v>45664.59879184028</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="50" customHeight="1">
       <c r="A34" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>3</v>
       </c>
+      <c r="E34" s="2">
+        <v>46387</v>
+      </c>
       <c r="G34" s="3">
+        <v>45664.59905736111</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="50" customHeight="1">
+      <c r="A35" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="G35" s="3">
         <v>45664.59921141204</v>
       </c>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="A2:G34">
+  <conditionalFormatting sqref="A2:G35">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>