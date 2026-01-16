--- v1 (2025-11-30)
+++ v2 (2026-01-16)
@@ -10,91 +10,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="87">
   <si>
     <t>QA1</t>
   </si>
   <si>
     <t>Aufwertung von Bestandsgebäuden</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
     <t>QA2</t>
   </si>
   <si>
     <t>Gestaltungsbeirat</t>
   </si>
   <si>
     <t>QA3</t>
   </si>
   <si>
     <t>Bauplanungsrechtliches Qualitätsmanagement im Bestand</t>
   </si>
   <si>
     <t>• Bebauungsplanänderung Rotbäumlesfeld 048_01_03 [fertiggestellt 22. November 2023]
 • Sanierungsprogramme [fertiggestellt 21. Juli 2021]
 • Erhaltungssatzung [fertiggestellt 29. April 2015]</t>
   </si>
   <si>
     <t>QA4</t>
   </si>
   <si>
     <t>Qualitätssicherung im Neubaubereich</t>
   </si>
   <si>
     <t>QA5</t>
   </si>
   <si>
     <t>Ausbau der Smart-Living-Infrastruktur</t>
+  </si>
+  <si>
+    <t>QA6</t>
+  </si>
+  <si>
+    <t>Ausbau des Glasfasernetzes</t>
   </si>
   <si>
     <t>V1</t>
   </si>
   <si>
     <t>Wohnraumangebote für unterschiedliche Zielgruppen - Wohnungsmix</t>
   </si>
   <si>
     <t>V2</t>
   </si>
   <si>
     <t>Kommunale Wohnungspolitik</t>
   </si>
   <si>
     <t>V3</t>
   </si>
   <si>
     <t>Erstellung Mietspiegel</t>
   </si>
   <si>
     <t>V4</t>
   </si>
   <si>
     <t>Beobachtung des Mietwohnungsmarktes</t>
   </si>
@@ -654,86 +660,86 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="50.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="50.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="30.7109375" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20" customHeight="1">
       <c r="A1" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D1" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F1" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G1" s="4" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3">
         <v>45666.43607311343</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
@@ -790,526 +796,543 @@
         <v>11</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="3">
         <v>45981.28966450231</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="50" customHeight="1">
       <c r="A7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="1" t="s">
-        <v>3</v>
+      <c r="E7" s="2">
+        <v>46387</v>
       </c>
       <c r="G7" s="3">
-        <v>45664.59612717592</v>
+        <v>45996.39578936343</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="50" customHeight="1">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="3">
-        <v>45664.59628709491</v>
+        <v>45664.59612717592</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="50" customHeight="1">
       <c r="A9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G9" s="3">
-        <v>45938.38418813657</v>
+        <v>45664.59628709491</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="50" customHeight="1">
       <c r="A10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G10" s="3">
-        <v>45664.59663289352</v>
+        <v>45938.38418813657</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="50" customHeight="1">
       <c r="A11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G11" s="3">
-        <v>45926.35034466435</v>
+        <v>45664.59663289352</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="50" customHeight="1">
       <c r="A12" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="3">
-        <v>45664.59705379629</v>
+        <v>45926.35034466435</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="50" customHeight="1">
       <c r="A13" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="3">
-        <v>45938.39433284722</v>
+        <v>45664.59705379629</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="50" customHeight="1">
       <c r="A14" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G14" s="3">
-        <v>45664.59746925926</v>
+        <v>45938.39433284722</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="50" customHeight="1">
       <c r="A15" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G15" s="3">
-        <v>45664.59767590278</v>
+        <v>45664.59746925926</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="50" customHeight="1">
       <c r="A16" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G16" s="3">
-        <v>45664.59782877315</v>
+        <v>45664.59767590278</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="50" customHeight="1">
       <c r="A17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G17" s="3">
-        <v>45938.47073313657</v>
+        <v>45664.59782877315</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="50" customHeight="1">
       <c r="A18" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G18" s="3">
-        <v>45664.59800143519</v>
+        <v>45938.47073313657</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="50" customHeight="1">
       <c r="A19" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G19" s="3">
-        <v>45938.47106386574</v>
+        <v>45664.59800143519</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="50" customHeight="1">
       <c r="A20" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G20" s="3">
-        <v>45664.59817362268</v>
+        <v>45938.47106386574</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="50" customHeight="1">
       <c r="A21" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="3">
-        <v>45938.47438590278</v>
+        <v>45664.59817362268</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="50" customHeight="1">
       <c r="A22" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>2</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="G22" s="3">
-        <v>45595.39223637732</v>
+        <v>45938.47438590278</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="50" customHeight="1">
       <c r="A23" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G23" s="3">
-        <v>45945.375844375</v>
+        <v>45595.39223637732</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="50" customHeight="1">
       <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="E24" s="2">
+        <v>46022</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="3">
-        <v>45595.39360363426</v>
+        <v>45945.375844375</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="50" customHeight="1">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>47</v>
       </c>
       <c r="G25" s="3">
-        <v>45664.59850126157</v>
+        <v>45595.39360363426</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="50" customHeight="1">
       <c r="A26" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C26" s="1" t="s">
-        <v>54</v>
+      <c r="D26" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="G26" s="3">
-        <v>45595.62104759259</v>
+        <v>45664.59850126157</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="50" customHeight="1">
       <c r="A27" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="G27" s="3">
-        <v>45664.59865009259</v>
+        <v>45595.62104759259</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="50" customHeight="1">
       <c r="A28" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="F28" s="1" t="s">
-        <v>61</v>
+      <c r="D28" s="1" t="s">
+        <v>3</v>
       </c>
       <c r="G28" s="3">
-        <v>45944.49336467592</v>
+        <v>45664.59865009259</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="50" customHeight="1">
       <c r="A29" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="3">
-        <v>45595.39488951389</v>
+        <v>45944.49336467592</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="50" customHeight="1">
       <c r="A30" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="G30" s="3">
-        <v>45595.61881474537</v>
+        <v>45595.39488951389</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="50" customHeight="1">
       <c r="A31" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G31" s="3">
-        <v>45595.54613298611</v>
+        <v>45595.61881474537</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="50" customHeight="1">
       <c r="A32" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="3">
-        <v>45595.4218130787</v>
+        <v>45595.54613298611</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="50" customHeight="1">
       <c r="A33" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="G33" s="3">
-        <v>45664.59879184028</v>
+        <v>45595.4218130787</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="50" customHeight="1">
       <c r="A34" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E34" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="3">
-        <v>45664.59905736111</v>
+        <v>45664.59879184028</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="50" customHeight="1">
       <c r="A35" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>3</v>
       </c>
+      <c r="E35" s="2">
+        <v>46387</v>
+      </c>
       <c r="G35" s="3">
+        <v>45664.59905736111</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="50" customHeight="1">
+      <c r="A36" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="G36" s="3">
         <v>45664.59921141204</v>
       </c>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="A2:G35">
+  <conditionalFormatting sqref="A2:G36">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>