--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -24,68 +24,68 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="17">
   <si>
     <t>BK1</t>
   </si>
   <si>
     <t>Jugendgemeinderat</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
-    <t>• Jugendgemeinderatswahl 2025 [nicht begonnen, Frist: 23. Oktober 2025]
+    <t>• Jugendgemeinderatswahl 2025 [im Gange, Frist: 23. Oktober 2025]
 • Klausurtagungen 2023 [fertiggestellt 12. November 2023]
 • Wahl 2023 [fertiggestellt 16. Oktober 2023]</t>
   </si>
   <si>
     <t>BK3</t>
   </si>
   <si>
     <t>Netzwerk Stadtjugendring</t>
   </si>
   <si>
     <t>BK6</t>
   </si>
   <si>
     <t>Strukturierte Kinderbeteiligung</t>
   </si>
   <si>
-    <t>• Kindergipfel 2025 [nicht begonnen, Frist: 11. Juli 2025]
+    <t>• Kindergipfel 2025 [fertiggestellt 11. Juli 2025]
 • Kindergipfel 2024 [fertiggestellt 12. Juli 2024]
 • Kindergipfel 2023 [fertiggestellt 7. Juli 2023]
 • Kindergipfel 2022 [fertiggestellt 1. Juli 2022]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>
     <t>aktualisiert am</t>
   </si>
@@ -495,88 +495,88 @@
       </c>
       <c r="F1" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="3">
-        <v>45744.54133327546</v>
+        <v>45950.53728265046</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="3">
         <v>45565.63412226852</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="50" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="G4" s="3">
-        <v>45744.54245333334</v>
+        <v>45950.54242263889</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G4">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>