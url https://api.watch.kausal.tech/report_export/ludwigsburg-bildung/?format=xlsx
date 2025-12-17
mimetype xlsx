--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -10,115 +10,117 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="148">
   <si>
     <t>VA1</t>
   </si>
   <si>
     <t>Bedarfsplanung Kindertageseinrichtungen</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
     <t>• Vorlagenerstellung [im Gange, Frist: 31. Dezember 2025]
 • Trägerkonferenz [im Gange, Frist: 31. Dezember 2025]
 • Antragsprüfung [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>VA2</t>
   </si>
   <si>
     <t>Förderung der Kindertagespflege (Kindernester)</t>
   </si>
   <si>
     <t>• Suche nach weiteren geeigneten Räumlichkeiten [im Gange, Frist: 31. Dezember 2025]
+• Eröffnung des 10. Ludwigsburger Kindernest „Kleine Leuchtraketen“ in Ludwigsburg Süd [fertiggestellt 7. Januar 2025]
 • Eröffnung des 10. Ludwigsburger Kindernest „Kleine Leuchtraketen“ in Ludwigsburg Süd [fertiggestellt 1. Januar 2025]
 • Kindernest Neckarweihingen - "Lillesol" [fertiggestellt 31. Dezember 2020]
 • Kindernest Oßweil [fertiggestellt 31. Dezember 2017]</t>
   </si>
   <si>
     <t>VA3</t>
   </si>
   <si>
     <t>Studierendenforum</t>
   </si>
   <si>
     <t>Planung</t>
   </si>
   <si>
     <t>Gestrichen</t>
   </si>
   <si>
     <t>VA4</t>
   </si>
   <si>
     <t>Netzwerk mit den Hochschulrektoren</t>
   </si>
   <si>
     <t>VA5</t>
   </si>
   <si>
     <t>Vereinbarkeit von Familie und Beruf stärken</t>
   </si>
   <si>
     <t>• Anspruch auf Betreuungsplatz [fertiggestellt 26. Juni 2019]</t>
   </si>
   <si>
     <t>VA6</t>
   </si>
   <si>
     <t>Förderung von Fachkräften</t>
   </si>
   <si>
     <t>• Stipendiate [im Gange, Frist: 31. Dezember 2025]
+• Erarbeitung und Übergabe des pädagogischen Fortbildungsprogramms an die vhs [im Gange, Frist: 1. Juli 2025]
 • Ausbau der beruflichen Bildung durch vhs [im Gange, Frist: 30. April 2025]
 • Kita-BegleiterInnen-Konzept [fertiggestellt 31. August 2023]</t>
   </si>
   <si>
     <t>VA7</t>
   </si>
   <si>
     <t>Kampagne zur Fachkräftgewinnung</t>
   </si>
   <si>
     <t>Abgeschlossen</t>
   </si>
   <si>
     <t>VA8</t>
   </si>
   <si>
     <t>Bedarfsgerechter Ausbau der Schullandschaft</t>
   </si>
   <si>
     <t>• Schubartschule [im Gange, Frist: 1. September 2028]
 • Schlösslesfeld [fertiggestellt 5. Oktober 2022]
 • Friedrich-von-Keller-Schule [fertiggestellt 1. Februar 2021]
 • Eichendorffschule [fertiggestellt 31. Dezember 2018]
 • Schlösslesfeldschule [fertiggestellt 31. Dezember 2017]
 • Friedensschule [fertiggestellt 31. Dezember 2017]</t>
@@ -126,68 +128,73 @@
   <si>
     <t>VA9</t>
   </si>
   <si>
     <t>Kita Jägerhofkaserne</t>
   </si>
   <si>
     <t>VA10</t>
   </si>
   <si>
     <t>Kita St. Paulus</t>
   </si>
   <si>
     <t>VA14</t>
   </si>
   <si>
     <t>Sanierung/Neubau Zweigstelle West - STB im Bildungszentrum</t>
   </si>
   <si>
     <t>VA15</t>
   </si>
   <si>
     <t>Kinder- und Familienzentrum bei der Kreuzkirche, Auf dem Wasen 33</t>
   </si>
   <si>
-    <t>• Beschluss Zuschuß für die Bauleistungen und Ausstattung [fertiggestellt 26. Juli 2023]
+    <t>• Inbetriebnahme der neuen Krippenräume im UG des Gemeindehauses [fertiggestellt 1. September 2025]
+• Umzug von drei Kindergartengruppen in die Räumlichkeiten der Schlößlesfeldschule für das gesamte Kindergartenjahr 2025/2026 [fertiggestellt 1. September 2025]
+• Beschluss Zuschuß für die Bauleistungen und Ausstattung [fertiggestellt 26. Juli 2023]
 • Bedarfsanmeldung und Beschluss Raumprogramm [fertiggestellt 5. Oktober 2021]
 • Beschluss zur energetischen Sanierung [fertiggestellt 11. November 2020]</t>
   </si>
   <si>
     <t>VA18</t>
   </si>
   <si>
     <t>Angebote zur Erwachsenenbildung</t>
   </si>
   <si>
     <t>laufende Maßnahme</t>
   </si>
   <si>
     <t>VA19</t>
   </si>
   <si>
     <t>TaTuLa gGmbH, Neubau Kita der Wolfgang Reisser-Stiftung (Zuschuss)</t>
+  </si>
+  <si>
+    <t>• Beginn der Erdbauarbeiten [im Gange, Frist: 5. Mai 2025]</t>
   </si>
   <si>
     <t>VA20</t>
   </si>
   <si>
     <t>Brandschutz- Flurnutzung Friedensschule</t>
   </si>
   <si>
     <t>UB1</t>
   </si>
   <si>
     <t>Mörike-Gymnasium (Sanierung Fachklassenräume)</t>
   </si>
   <si>
     <t>• Bauphase Hochbau [fertiggestellt 31. Dezember 2024]
 • Entwurfs- und Baubeschluss (2023) [fertiggestellt 16. März 2023]
 • Entwurfs- und Baubeschluss (2019) [fertiggestellt 1. Juli 2019]</t>
   </si>
   <si>
     <t>UB2</t>
   </si>
   <si>
     <t>Neubau Fuchshofschule (Grundschule)</t>
   </si>
   <si>
@@ -235,71 +242,76 @@
   </si>
   <si>
     <t>• Entwurfs- bis Baubeschluss [nicht begonnen, Frist: 30. Juni 2026]
 • Beschluss standardisiertes Raumprogramm [fertiggestellt 2. Mai 2024]</t>
   </si>
   <si>
     <t>UB7</t>
   </si>
   <si>
     <t>Bildungszentrum West, Neubau</t>
   </si>
   <si>
     <t>• Bauphase Außenanlagen [nicht begonnen, Frist: 31. Dezember 2032]
 • Bauphase Hochbau: 3. Bauabschnitt [nicht begonnen, Frist: 31. Dezember 2031]
 • Bauphase Hochbau: 2. Bauabschnitt [nicht begonnen, Frist: 13. Mai 2030]
 • Bauphase Hochbau: 1. Bauabschnitt [im Gange, Frist: 10. September 2027]
 • Entwurfs- und Baubeschluss [fertiggestellt 12. Juli 2023]</t>
   </si>
   <si>
     <t>UB8</t>
   </si>
   <si>
     <t>Stadtteilbibliothek Schlösslesfeld, Sanierung und Neukonzeption</t>
   </si>
   <si>
-    <t>• Bauphase Hochbau [im Gange, Frist: 31. Oktober 2025]
+    <t>• Bauphase Hochbau [fertiggestellt 31. Oktober 2025]
 • Entwurfs- und Baubeschluss [fertiggestellt 19. April 2023]</t>
   </si>
   <si>
     <t>B1</t>
   </si>
   <si>
     <t>Weiterentwickung pädagogischer Arbeit</t>
   </si>
   <si>
     <t>B2</t>
   </si>
   <si>
     <t>Personalentwicklungskonzept</t>
   </si>
   <si>
-    <t>• Konzeption Mitarbeiter- und Fachkräftegewinnung [im Gange, Frist: 1. Januar 2026]
-• Implementierung der Qualifizierungsinitiative für Betreuungskräfte in Kooperation mit der Volkshochschule [im Gange, Frist: 1. Januar 2026]
+    <t>• Implementierung der Qualifizierungsinitiative für Betreuungskräfte in Kooperation mit der Volkshochschule [im Gange, Frist: 1. Januar 2026]
+• Konzeption Mitarbeiter- und Fachkräftegewinnung [im Gange, Frist: 1. Januar 2026]
+• Konzeption Mitarbeiter- und Fachkräftegewinnung für die Schulkindbetreuung [im Gange, Frist: 1. Januar 2026]
 • Leitungsfortbildung Kindertageseinrichtungen [im Gange, Frist: 31. Dezember 2025]
 • Erstellung von Konzepten und Strategien für Kindertageseinrichtungen [nicht begonnen, Frist: 31. Dezember 2025]
-• Coaching für Leitungsteams in den Kindertageseinrichtungen [im Gange, Frist: 31. Dezember 2025]</t>
+• Coaching für Leitungsteams in den Kindertageseinrichtungen [im Gange, Frist: 31. Dezember 2025]
+• Erstellung von Konzepten und Strategien für die Schulkindbetreuung [nicht begonnen, Frist: 1. Januar 2025]
+• Leitungsfortbildung Schulkindbetreuung [im Gange, Frist: 1. Januar 2025]
+• Coaching für Leitungsteams in der Schulkindbetreuung [im Gange, Frist: 1. Januar 2025]
+• Pflichtschulungen für alle neue Mitarbeitende [im Gange, Frist: 1. Januar 2025]</t>
   </si>
   <si>
     <t>B3</t>
   </si>
   <si>
     <t>Schulsozialarbeit</t>
   </si>
   <si>
     <t>B4</t>
   </si>
   <si>
     <t>Medienwerkstatt der Stadtbibliothek</t>
   </si>
   <si>
     <t>• TOMMI Kindersoftwarepreis [im Gange, Frist: 31. Dezember 2025]
 • Bibliothek der Dinge [im Gange, Frist: 31. Dezember 2025]
 • Maker Zone [im Gange, Frist: 31. Dezember 2025]
 • Workshops "Eine Reise in die Zukunft" [fertiggestellt 30. September 2021]
 • Themenwochen Safer Internet Day [fertiggestellt 11. Februar 2020]</t>
   </si>
   <si>
     <t>B5</t>
   </si>
   <si>
     <t>Kinder- und Familienbildung (KiFa)</t>
@@ -355,51 +367,53 @@
     <t>Volkshochschule (vhs)</t>
   </si>
   <si>
     <t>• Qualitätsaudits &amp; Rezertifizierungen [im Gange, Frist: 31. Dezember 2025]
 • Zertifizierung nach Qualitätsnorm [fertiggestellt 31. Dezember 2019]
 • Zertifizierung nach AZAV [fertiggestellt 31. Dezember 2016]</t>
   </si>
   <si>
     <t>B13</t>
   </si>
   <si>
     <t>Kindertageseinrichtungen</t>
   </si>
   <si>
     <t>• Übergang Kindertageseinrichtung zur Schule neu organisieren [im Gange, Frist: 1. Dezember 2025]</t>
   </si>
   <si>
     <t>B14</t>
   </si>
   <si>
     <t>Stadtbibliothek (Stabi)</t>
   </si>
   <si>
     <t>• Bildungsangebote für Schulen [im Gange, Frist: 31. Dezember 2025]
 • Bibliotheksangebote für Kinder [im Gange, Frist: 31. Dezember 2025]
-• Bibliotheksangebote für Erwachsene [im Gange, Frist: 31. Dezember 2025]</t>
+• Bibliotheksangebote für Erwachsene [im Gange, Frist: 31. Dezember 2025]
+• Einsatz des neuen Bibliotheksverwaltungssystems Koha [im Gange, Frist: 1. Oktober 2025]
+• Teilnahme der Stadtbibliothek im Kooperationsprojekt „Dritte Orte als „Inkubatoren“ für das Gemeinwesen – Ziele, Konzepte, Handlungsoptionen“ des Deutschen Institut für Urbanistik [im Gange, Frist: 1. Oktober 2025]</t>
   </si>
   <si>
     <t>TF1</t>
   </si>
   <si>
     <t>Fonds Jugend, Bildung, Zukunft</t>
   </si>
   <si>
     <t>TF2</t>
   </si>
   <si>
     <t>Willkommensbesuche für Neugeborene</t>
   </si>
   <si>
     <t>• Verlängerung der Förderung bis 2026 [fertiggestellt 15. März 2023]
 • Verlängerung der Förderung bis 2023 [fertiggestellt 27. Mai 2020]</t>
   </si>
   <si>
     <t>TF3</t>
   </si>
   <si>
     <t>Ludwigsburger Modell "Sprache bilden und fördern"</t>
   </si>
   <si>
     <t>• Einsatz von Sprachbegleitern im Schulunterricht [im Gange, Frist: 31. Dezember 2029]
@@ -415,56 +429,50 @@
   </si>
   <si>
     <t>• Ausbau der Fremdsprachenangebote in Kinderbibliothek [im Gange, Frist: 31. Dezember 2025]
 • Vorlesepatennetzwerk [im Gange, Frist: 31. Dezember 2025]
 • Konzeption und Durchführung eines Sommerleseclubs für Kinder [im Gange, Frist: 31. Dezember 2025]
 • Erweiterung und Evaluation der mehrsprachigen Medienangebote [im Gange, Frist: 31. Dezember 2025]
 • Teilnahme am Antolin-Leseförderungsprogramm [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>TF5</t>
   </si>
   <si>
     <t>Landesprogramm Sprach-Kitas</t>
   </si>
   <si>
     <t>TF6</t>
   </si>
   <si>
     <t>Sprechtreff in der Stadtbibiliothek</t>
   </si>
   <si>
     <t>• Evaluation 2024 [fertiggestellt 1. Januar 2025]
 • Evaluation 2022/23 [fertiggestellt 17. Januar 2024]
 • Evaluation 2020/21 [fertiggestellt 13. Januar 2022]
 • Evaluation 2019 [fertiggestellt 23. Januar 2020]</t>
-  </si>
-[...4 lines deleted...]
-    <t>Online-Sprachkurse</t>
   </si>
   <si>
     <t>TF8</t>
   </si>
   <si>
     <t>Geschichteninsel &amp; Storytime</t>
   </si>
   <si>
     <t>TF9</t>
   </si>
   <si>
     <t>Projekt Connect</t>
   </si>
   <si>
     <t>• Beschluss zur Weiterfinanzierung [fertiggestellt 16. November 2022]
 • Aufbau von sozialräumlich orientierten Begegnungsstätten [fertiggestellt 20. Oktober 2020]
 • Entwicklung eines Veranstaltungskonzepts [fertiggestellt 31. Januar 2017]</t>
   </si>
   <si>
     <t>TF10</t>
   </si>
   <si>
     <t>Inklusion als Querschnittsaufgabe aller Bildungseinrichtungen</t>
   </si>
   <si>
@@ -900,126 +908,126 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G54"/>
+  <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="50.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="50.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="30.7109375" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20" customHeight="1">
       <c r="A1" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B1" s="4" t="s">
         <v>142</v>
       </c>
-      <c r="B1" s="4" t="s">
+      <c r="C1" s="4" t="s">
         <v>143</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="D1" s="4" t="s">
         <v>144</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="E1" s="4" t="s">
         <v>145</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="F1" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="F1" s="4" t="s">
+      <c r="G1" s="4" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="3">
         <v>45783.52723578703</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3">
-        <v>45937.29840696759</v>
+        <v>45959.57184186343</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="50" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="3">
         <v>45433.30458868056</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="50" customHeight="1">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>13</v>
@@ -1049,51 +1057,51 @@
       </c>
       <c r="F6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="3">
         <v>45510.43931344907</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="50" customHeight="1">
       <c r="A7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="3">
-        <v>45783.5519433912</v>
+        <v>45968.3713408449</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="50" customHeight="1">
       <c r="A8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="2">
         <v>45138</v>
       </c>
       <c r="G8" s="3">
         <v>45560.56881494213</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="50" customHeight="1">
       <c r="A9" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>24</v>
@@ -1151,818 +1159,804 @@
       </c>
       <c r="B12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="3">
         <v>45559.49362241898</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="50" customHeight="1">
       <c r="A13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G13" s="3">
-        <v>45575.44904365741</v>
+        <v>45959.56982519676</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="50" customHeight="1">
       <c r="A14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>45937.2947839699</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="50" customHeight="1">
       <c r="A15" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>2</v>
       </c>
+      <c r="F15" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="G15" s="3">
-        <v>45593.27365064815</v>
+        <v>45959.57080391204</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="50" customHeight="1">
       <c r="A16" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G16" s="3">
         <v>45559.48823921297</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="50" customHeight="1">
       <c r="A17" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
         <v>45596</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G17" s="3">
         <v>45952.27235179398</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="50" customHeight="1">
       <c r="A18" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
         <v>44926</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G18" s="3">
         <v>45952.2931609838</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="50" customHeight="1">
       <c r="A19" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="2">
         <v>46568</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G19" s="3">
         <v>45952.28783743056</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="50" customHeight="1">
       <c r="A20" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
         <v>45596</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G20" s="3">
         <v>45952.29378355324</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="50" customHeight="1">
       <c r="A21" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="2">
         <v>45565</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G21" s="3">
         <v>45952.27662430555</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="50" customHeight="1">
       <c r="A22" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="2">
         <v>47118</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G22" s="3">
-        <v>45952.27963636574</v>
+        <v>45959.44057980324</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="50" customHeight="1">
       <c r="A23" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E23" s="2">
         <v>48487</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G23" s="3">
         <v>45952.29554853009</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="50" customHeight="1">
       <c r="A24" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="E24" s="2">
         <v>45961</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G24" s="3">
-        <v>45952.29450844907</v>
+        <v>45960.45023520834</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="50" customHeight="1">
       <c r="A25" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G25" s="3">
         <v>45560.55013077546</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="50" customHeight="1">
       <c r="A26" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G26" s="3">
-        <v>45799.52854355324</v>
+        <v>45968.37733181713</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="50" customHeight="1">
       <c r="A27" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="3">
         <v>45729.37260157408</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="50" customHeight="1">
       <c r="A28" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G28" s="3">
         <v>45740.32835533565</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="50" customHeight="1">
       <c r="A29" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="3">
         <v>45740.32683005787</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="50" customHeight="1">
       <c r="A30" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G30" s="3">
         <v>45561.46786464121</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="50" customHeight="1">
       <c r="A31" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G31" s="3">
         <v>45604.33223315972</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="50" customHeight="1">
       <c r="A32" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G32" s="3">
         <v>45561.47478387732</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="50" customHeight="1">
       <c r="A33" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G33" s="3">
         <v>45784.30971130787</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="50" customHeight="1">
       <c r="A34" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G34" s="3">
         <v>45784.35839188658</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="50" customHeight="1">
       <c r="A35" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G35" s="3">
         <v>45937.29611412037</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="50" customHeight="1">
       <c r="A36" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G36" s="3">
         <v>45562.23970887731</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="50" customHeight="1">
       <c r="A37" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G37" s="3">
-        <v>45604.33410329861</v>
+        <v>45960.3802346875</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="50" customHeight="1">
       <c r="A38" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G38" s="3">
         <v>45905.31663487269</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="50" customHeight="1">
       <c r="A39" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G39" s="3">
         <v>45565.55956456019</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="50" customHeight="1">
       <c r="A40" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G40" s="3">
         <v>45727.42761663195</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="50" customHeight="1">
       <c r="A41" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G41" s="3">
         <v>45740.32997122685</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="50" customHeight="1">
       <c r="A42" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G42" s="3">
         <v>45567.2605075</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="50" customHeight="1">
       <c r="A43" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G43" s="3">
         <v>45813.41846513889</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="50" customHeight="1">
       <c r="A44" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G44" s="3">
-        <v>45566.5155625</v>
+        <v>45740.33069809028</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="50" customHeight="1">
       <c r="A45" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>3</v>
       </c>
+      <c r="E45" s="2">
+        <v>45900</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>121</v>
+      </c>
       <c r="G45" s="3">
-        <v>45740.33069809028</v>
+        <v>45566.48921807871</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="50" customHeight="1">
       <c r="A46" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E46" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="G46" s="3">
-        <v>45566.48921807871</v>
+        <v>45740.32195168982</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="50" customHeight="1">
       <c r="A47" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G47" s="3">
-        <v>45740.32195168982</v>
+        <v>45959.56532369213</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="50" customHeight="1">
       <c r="A48" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>3</v>
       </c>
+      <c r="F48" s="1" t="s">
+        <v>128</v>
+      </c>
       <c r="G48" s="3">
-        <v>45565.60667976852</v>
+        <v>45950.53728265046</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="50" customHeight="1">
       <c r="A49" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="F49" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="3">
-        <v>45950.53728265046</v>
+        <v>45565.63129398148</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="50" customHeight="1">
       <c r="A50" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G50" s="3">
-        <v>45565.63129398148</v>
+        <v>45565.63412226852</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="50" customHeight="1">
       <c r="A51" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G51" s="3">
-        <v>45565.63412226852</v>
+        <v>45589.6016822801</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="50" customHeight="1">
       <c r="A52" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>3</v>
       </c>
+      <c r="F52" s="1" t="s">
+        <v>137</v>
+      </c>
       <c r="G52" s="3">
-        <v>45589.6016822801</v>
+        <v>45950.54176215278</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="50" customHeight="1">
       <c r="A53" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G53" s="3">
-        <v>45950.54176215278</v>
-[...18 lines deleted...]
-      <c r="G54" s="3">
         <v>45950.54242263889</v>
       </c>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="A2:G54">
+  <conditionalFormatting sqref="A2:G53">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>