--- v0 (2025-10-14)
+++ v1 (2026-01-16)
@@ -38,54 +38,54 @@
   </si>
   <si>
     <t>Konsequente Umsetzung der Ergebnisse der Wärmeplanung</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
     <t>• Ausbau und Nachverdichtung Wärmenetz [im Gange, Frist: 31. Dezember 2035]
 • Roadmap Grünes Gas [nicht begonnen, Frist: 30. Juni 2028]
 • Bundesförderung für effiziente Wärmenetze (BEW)-Studien [im Gange, Frist: 31. Dezember 2026]
 • Konzept zur Flächensicherung [im Gange, Frist: 31. Dezember 2026]
 • Konzept zur Erschließung des Potenzials durch Sanierung und Effizienzsteigerung [im Gange, Frist: 31. Dezember 2026]
 • Erstellung des Konzeptes zur Kommunalen Wärmeplanung [fertiggestellt 19. Dezember 2023]</t>
   </si>
   <si>
     <t>E4</t>
   </si>
   <si>
     <t>Ausbau Photovoltaik auf Dachflächen</t>
   </si>
   <si>
-    <t>• Ausbau PV auf Ludwigsburger Dachflächen fördern [im Gange, Frist: 31. Dezember 2025]
-[...2 lines deleted...]
-• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Ausbau PV auf Ludwigsburger Dachflächen fördern [im Gange, Frist: 31. Dezember 2026]
+• SWLB als zentraler Akteur der Energiewende [im Gange, Frist: 31. Dezember 2026]
+• Solaroffensive - Dein Dach kann mehr (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2026]
+• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>
     <t>aktualisiert am</t>
   </si>
 </sst>
 </file>
 
@@ -512,51 +512,51 @@
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="3">
         <v>45916.25310469908</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3">
-        <v>45784.64849275463</v>
+        <v>46003.47573141204</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G3">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>