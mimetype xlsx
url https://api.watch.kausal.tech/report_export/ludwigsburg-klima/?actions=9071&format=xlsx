--- v0 (2025-11-07)
+++ v1 (2026-01-01)
@@ -24,53 +24,53 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>HI4</t>
   </si>
   <si>
     <t>Zugang zu Trinkwasser im öffentlichen Raum</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
-    <t>• Aufstellung weiterer Trinkwasserbrunnen [nicht begonnen, Frist: 31. Dezember 2025]
+    <t>• Aufstellung weiterer Trinkwasserbrunnen [nicht begonnen, Frist: 31. Dezember 2026]
 • Trinkwasserbrunnen Rathaushof und Tammer Platz [fertiggestellt 31. Dezember 2024]
-• Trinkwasserbrunnen Uferwiesen und Arsenalplatz [im Gange, Frist: 31. Dezember 2025]
+• Trinkwasserbrunnen Uferwiesen und Arsenalplatz [fertiggestellt 31. August 2025]
 • Trinkwasserbrunnen Bärenwiese und Marktplatz [fertiggestellt 31. August 2022]
 • Einführung der Initiative Refill in der Ludwigsburger Innenstadt [fertiggestellt 31. August 2019]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>
     <t>aktualisiert am</t>
   </si>
 </sst>
@@ -479,51 +479,51 @@
       </c>
       <c r="F1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="3">
-        <v>45720.36216054398</v>
+        <v>46006.55583128472</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G2">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>