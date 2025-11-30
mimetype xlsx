--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -24,55 +24,55 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="144">
   <si>
     <t>KNV1</t>
   </si>
   <si>
     <t>Klimaneutrale kommunale Verwaltung bis 2035</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
-    <t>• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Umsetzung des Maßnahmepakets (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2025]
 • Gebäudesanierung und Neubau städtischer Liegenschaften (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Treibhausgasbilanz (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2025]
 • Entwicklung eines Maßnahmenpakets (2024 - 2025) [fertiggestellt 31. Januar 2025]
-• Umsetzung des Maßnahmepakets (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2025]
+• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Treibhausgasneutrale Energieversorgung städtischer Liegenschaften (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Einführung von Klimakooperationen (fortlaufend, seit 1997) [fertiggestellt 31. Dezember 1997]</t>
   </si>
   <si>
     <t>KNV2</t>
   </si>
   <si>
     <t>Strategie zur Klimaneutralität für SWLB, WBL und TELB</t>
   </si>
   <si>
     <t>• Klimaneutralitätsstrategie TELB (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Klimaneutralitätsstrategie WBL (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Klimaneutralitätsstrategie SWLB (fortlaufend) [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>KNV3</t>
   </si>
   <si>
     <t>Sensibilisierung der Mitarbeitenden im Klimaschutz</t>
   </si>
   <si>
     <t>• Schulungen zum Energiesparen für Hausmeister und Verwaltungsmitarbeitende (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Info-Angebote "Klimaschutz" für alle Mitarbeitenden (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • AzuKlim – Azubis für mehr Klimaschutz in Kommunen (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
@@ -204,90 +204,91 @@
 • Berücksichtigung von Flächen und Leitbahnen zur Kaltluftentstehung [fertiggestellt 31. August 2024]
 • Erstellung Rahmenplanung zum Erhalt der Grünen Innenhöfe [fertiggestellt 7. Juli 2021]
 • Grünverbindung Römerhügel [fertiggestellt 31. Dezember 2018]</t>
   </si>
   <si>
     <t>S13</t>
   </si>
   <si>
     <t>Erarbeitung von Planungsgrundlagen zur Klimaanpassung</t>
   </si>
   <si>
     <t>• Starkregenrisikomanagement (SRRM) Stadtgebiet [im Gange, Frist: 31. Dezember 2025]
 • Ein regelmäßig überarbeiteter "Allgemeiner Kanalisationsplan" (AKP) [im Gange, Frist: 31. Dezember 2025]
 • Starkregengefahrenkarte für die Region Stuttgart [fertiggestellt 31. Dezember 2023]
 • Starkregenrisikomanagement (SRRM) Pflugfelden [fertiggestellt 31. Mai 2023]
 • Erstellung einer Stadtklimaanalyse [fertiggestellt 30. Juni 2022]
 • Darstellung der Kaltluftverhältnisse [fertiggestellt 30. Juni 2022]</t>
   </si>
   <si>
     <t>UM1</t>
   </si>
   <si>
     <t>Internes Personal plant, saniert und pflegt eigene Anlagen und Gebäude</t>
   </si>
   <si>
-    <t>• Fortschreibung Projektleitfaden für Hochbaumaßnahmen [nicht begonnen, Frist: 31. Dezember 2025]
-• Sanierungsstrategie klimaneutraler Gebäudebetrieb [im Gange, Frist: 31. Dezember 2025]
+    <t>• Energiekonzepte für öffentliche Gebäude (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Energiecontrolling (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Klima- und Energiebericht (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2025]
-• Energiekonzepte für öffentliche Gebäude (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
+• Fortschreibung Projektleitfaden für Hochbaumaßnahmen [nicht begonnen, Frist: 31. Dezember 2025]
+• Sanierungsstrategie klimaneutraler Gebäudebetrieb [im Gange, Frist: 31. Dezember 2025]
 • Energiekonzept Bildungszentrum West [fertiggestellt 15. Februar 2023]
 • Analyse Photovoltaik-Potenzial städtischer Dachflächen [fertiggestellt 3. Oktober 2022]
 • Einführung Energiemanagement-Software [fertiggestellt 31. Januar 2022]</t>
   </si>
   <si>
     <t>UM2</t>
   </si>
   <si>
     <t>Stadt schafft kommunale Strukturen für Energie- und Wärmewende</t>
   </si>
   <si>
     <t>• Projektgruppe Erneuerbare Energien [im Gange, Frist: 31. Dezember 2025]
 • Regelbesprechungen mit SWLB [fertiggestellt 31. Dezember 2021]</t>
   </si>
   <si>
     <t>UM3</t>
   </si>
   <si>
     <t>Ressourcen für Klimaschutz</t>
   </si>
   <si>
     <t>• Wettbewerb für Vorreiter-Kommunen – Auf dem Weg zur Klimaneutralität (fortlaufend, seit 2023) [im Gange, Frist: 30. Juni 2027]
 • Angabe von klimarelevanten Ausgaben im Haushaltsplan (fortlaufend, seit 2022, pausiert aktuell) [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>UM4</t>
   </si>
   <si>
     <t>Monitoring Klimaneutralität und Klimaanpassung</t>
   </si>
   <si>
-    <t>• European Energy Award (fortlaufend, seit 2006) [im Gange, Frist: 31. Dezember 2026]
+    <t>• Klimaschutzmanagementsystem [nicht begonnen, Frist: 31. Dezember 2026]
 • Statusbericht Klimaanpassung (fortlaufend, seit 2022) [im Gange, Frist: 31. Dezember 2025]
 • Treibhausgasbilanz (fortlaufend, seit 2016) [im Gange, Frist: 31. Dezember 2025]
-• Statusbericht Klimaneutralität (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]</t>
+• Statusbericht Klimaneutralität (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]
+• European Energy Award (2006 - 2025) [fertiggestellt 31. Dezember 2025]</t>
   </si>
   <si>
     <t>H1</t>
   </si>
   <si>
     <t>Kommunales Förderprogramm KlimaBonus</t>
   </si>
   <si>
     <t>• Fortführung KlimaBonus [im Gange, Frist: 31. Dezember 2025]
 • Sozial gerechter Klimaschutz [im Gange, Frist: 31. Dezember 2025]
 • Fortschreibung kommunales Förderprogramm KlimaBonus [fertiggestellt 29. Januar 2025]
 • Anpassung kommunales Förderprogramm KlimaBonus [fertiggestellt 27. September 2023]
 • Erstellung kommunales Förderprogramm KlimaBonus [fertiggestellt 10. Februar 2022]</t>
   </si>
   <si>
     <t>H2</t>
   </si>
   <si>
     <t>Unterstützungsoffensive für Balkon-Solarmodule</t>
   </si>
   <si>
     <t>• Steckersolargerät im KlimaBonus [im Gange, Frist: 31. Dezember 2025]
 • Anpassung der Steckersolarförderung [fertiggestellt 29. Januar 2025]
 • Steckersolargerät am Rathaushof [fertiggestellt 1. Oktober 2024]
 • Anpassung der Steckersolarförderung [fertiggestellt 15. Oktober 2023]
@@ -331,52 +332,52 @@
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Konsequente Umsetzung der 15-Minuten-Stadt</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
     <t>Zukunft öffentlicher Raum</t>
   </si>
   <si>
     <t>M3</t>
   </si>
   <si>
     <t>Kontinuierliche Verbesserung und Beschleunigung des ÖPNV</t>
   </si>
   <si>
     <t>Se1</t>
   </si>
   <si>
     <t>Ludwigsburger Klimabündnis</t>
   </si>
   <si>
-    <t>• Ludwigsburger Klimabündnis – Unternehmensnetzwerk (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2025]
-• Ludwigsburger Klimabündnis – Anlaufstelle für ehrenamtliches Klima-Engagement (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Ludwigsburger Klimabündnis – Anlaufstelle für ehrenamtliches Klima-Engagement (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2025]
+• Ludwigsburger Klimabündnis – Unternehmensnetzwerk (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>Se2</t>
   </si>
   <si>
     <t>Einbindung Ehrenamtlicher in Klimaschutzaktivitäten</t>
   </si>
   <si>
     <t>• Kooperation mit der Solarinitiative – Ehrenamtliche unterstützen den Ausbau von PV (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Solarparties mit packsdrauf (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>Se3</t>
   </si>
   <si>
     <t>Nachhaltiger Konsum und Schonung von Ressourcen</t>
   </si>
   <si>
     <t>• Plastikfreier Wochenmarkt (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]
 • Fairtrade-Stadt Ludwigsburg (fortlaufend, seit 2011) [im Gange, Frist: 31. Dezember 2025]
 • Ludwigsburg bringt´s mit! (fortlaufend, seit 2022) [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>Se4</t>
   </si>
@@ -512,102 +513,102 @@
   <si>
     <t>Erstes H2-Only-Gasnetz ab 2034</t>
   </si>
   <si>
     <t>• Aufbau eines Wasserstoffbasisnetzes [nicht begonnen, Frist: 31. Dezember 2032]
 • Erstellung von Gasnetztransformationsplänen [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>HI1</t>
   </si>
   <si>
     <t>Schaffung kühler Orte in hitzebelasteten Gebieten</t>
   </si>
   <si>
     <t>• Stadtbahn: Grüngleise statt Schottergleise [nicht begonnen, Frist: 31. Dezember 2031]
 • Verschattung bei der Ausschreibung neuer Buswartehallen berücksichtigen [nicht begonnen, Frist: 31. Dezember 2030]
 • Implementierung von Verschattungselementen [nicht begonnen, Frist: 28. Februar 2027]
 • Beschattungselemente Rathaushof [im Gange, Frist: 31. Dezember 2026]
 • Umgestaltung Arsenalplatz [fertiggestellt 30. Juni 2025]
 • temporäre Bäume Marktplatz [fertiggestellt 30. April 2025]
 • Ehrenhof am Rathaus [fertiggestellt 31. Mai 2024]
 • Begrünung Pop-Up Innenstadt [fertiggestellt 31. Dezember 2023]
 • Pop-up Maßnahmen Rathaushof [fertiggestellt 31. Oktober 2023]
 • Walckerpark [fertiggestellt 31. Mai 2022]
 • Green Urban Labs - Urban Agenda Green City [fertiggestellt 30. September 2020]
+• Parklets im Gewerbegebiet Weststadt [fertiggestellt 30. September 2020]
 • Umwandlung Parkplatz zu Parkanlage (Schliefenstr./Grönerstr.) [fertiggestellt 30. September 2020]
-• Parklets im Gewerbegebiet Weststadt [fertiggestellt 30. September 2020]
 • Temporäre Begrünung Ehrenhof [fertiggestellt 30. September 2020]
 • Experiment Begrünung Haltestellen in der Weststadt [fertiggestellt 31. Dezember 2019]
 • Mobiles Grünes Zimmer auf Tour [fertiggestellt 31. Dezember 2018]
 • Grünes Zimmer auf dem Rathaushof [fertiggestellt 31. Dezember 2014]</t>
   </si>
   <si>
     <t>HI4</t>
   </si>
   <si>
     <t>Zugang zu Trinkwasser im öffentlichen Raum</t>
   </si>
   <si>
     <t>• Aufstellung weiterer Trinkwasserbrunnen [nicht begonnen, Frist: 31. Dezember 2025]
 • Trinkwasserbrunnen Rathaushof und Tammer Platz [fertiggestellt 31. Dezember 2024]
 • Trinkwasserbrunnen Uferwiesen und Arsenalplatz [im Gange, Frist: 31. Dezember 2025]
 • Trinkwasserbrunnen Bärenwiese und Marktplatz [fertiggestellt 31. August 2022]
 • Einführung der Initiative Refill in der Ludwigsburger Innenstadt [fertiggestellt 31. August 2019]</t>
   </si>
   <si>
     <t>GF8</t>
   </si>
   <si>
     <t>Aufwertung und Schutz von öffentlichem Grün</t>
   </si>
   <si>
     <t>• Grüne Fuge, Fuchshof [im Gange, Frist: 31. Juli 2026]
 • Städtisches Förderprogramm "Agrarumwelt" [im Gange, Frist: 31. Dezember 2025]
 • Baumstandorte optimieren [im Gange, Frist: 31. Dezember 2025]
 • Mittel im Haushalt für Baumpflanzungen bereitstellen [im Gange, Frist: 31. Dezember 2025]
 • Projekt Steillagenretter [im Gange, Frist: 31. Dezember 2025]
 • Freiraumentwicklung Grüner Anger, Grünbühl West [im Gange, Frist: 31. Dezember 2025]
 • Umgestaltung Riedgraben [fertiggestellt 12. Februar 2024]
 • Beschluss einer Baumschutzsatzung [fertiggestellt 31. Dezember 2021]
 • Kleingartenanlage Römerhügel [fertiggestellt 31. Dezember 2018]
 • Grünzug Ludwigsburger Neckar [fertiggestellt 31. Dezember 2013]</t>
   </si>
   <si>
     <t>SeA1</t>
   </si>
   <si>
     <t>Beratung und Förderung zur Klimaanpassung</t>
   </si>
   <si>
     <t>• Finanzielle Förderung von Begrünungs- und Entsiegelungsmaßnahmen [im Gange, Frist: 31. Dezember 2027]
+• Beratung und Förderung von privaten Bauträgern zum klimaangepassten Bauen [im Gange, Frist: 31. Dezember 2025]
+• Kommunikation der positiven Wirkung durch den Umgang mit Bäumen und Vegetation in der Stadt [im Gange, Frist: 31. Dezember 2025]
 • Unterstützung der Stadtgesellschaft bei der Umsetzung von Dach- und Fassadenbegrünungen [im Gange, Frist: 31. Dezember 2025]
-• Kommunikation der positiven Wirkung durch den Umgang mit Bäumen und Vegetation in der Stadt [im Gange, Frist: 31. Dezember 2025]
-[...3 lines deleted...]
-• Workshop zum klimaangepassten Gärtnern [fertiggestellt 31. Dezember 2019]</t>
+• Beratung von Unternehmen zur Klimaanpassung [fertiggestellt 1. Oktober 2025]
+• Workshop zum klimaangepassten Gärtnern [fertiggestellt 31. Dezember 2019]
+• Grüne Nachbarschafft - Wettbewerbe [fertiggestellt 31. Dezember 2019]</t>
   </si>
   <si>
     <t>SeA2</t>
   </si>
   <si>
     <t>Sensibilisierung zum Thema Hitze</t>
   </si>
   <si>
     <t>• Karte "Kühle Orte" [im Gange, Frist: 31. Dezember 2026]
 • Erstellung von Kommunikationsmitteln für vulnerable Gruppen [im Gange, Frist: 31. Dezember 2026]
 • Platzierung des Themas in den lokalen Medien [im Gange, Frist: 31. Dezember 2026]
 • Sensibilisierung von Arbeitgebern für hitzeangepasstes Arbeiten im Sommer [nicht begonnen, Frist: 31. Dezember 2026]
 • Durchführung eines Hitzeaktionstag "Ludwigsburg kühlt sich ab" [fertiggestellt 31. Juli 2025]
 • Informationen zu Trinkwasserbrunnen [fertiggestellt 31. Juli 2025]
 • Broschüre zum Thema Hitze in Ludwigsburg [fertiggestellt 30. November 2023]
 • Workshop „Schattenlabor“ [fertiggestellt 31. August 2023]
 • Workshop „Hitze trifft jeden anders“ [fertiggestellt 31. August 2023]</t>
   </si>
   <si>
     <t>SeA3</t>
   </si>
   <si>
     <t>Sensibilisierung zum Thema Starkregen</t>
   </si>
   <si>
@@ -1343,51 +1344,51 @@
       </c>
       <c r="F16" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="3">
         <v>45783.3801346875</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="50" customHeight="1">
       <c r="A17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G17" s="3">
-        <v>45783.38146047453</v>
+        <v>45989.45122585648</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="50" customHeight="1">
       <c r="A18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G18" s="3">
         <v>45783.38413270834</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="50" customHeight="1">
       <c r="A19" s="1" t="s">
         <v>55</v>
@@ -1874,51 +1875,51 @@
       </c>
       <c r="F43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G43" s="3">
         <v>45931.5199863426</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="50" customHeight="1">
       <c r="A44" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G44" s="3">
-        <v>45931.54637675926</v>
+        <v>45958.52595700231</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="50" customHeight="1">
       <c r="A45" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G45" s="3">
         <v>45915.4256140625</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="50" customHeight="1">
       <c r="A46" s="1" t="s">
         <v>134</v>