--- v1 (2025-11-30)
+++ v2 (2026-01-16)
@@ -24,619 +24,618 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="144">
   <si>
     <t>KNV1</t>
   </si>
   <si>
     <t>Klimaneutrale kommunale Verwaltung bis 2035</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
-    <t>• Umsetzung des Maßnahmepakets (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• Treibhausgasbilanz (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Gebäudesanierung und Neubau städtischer Liegenschaften (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Treibhausgasneutrale Energieversorgung städtischer Liegenschaften (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Umsetzung des Maßnahmepakets (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2026]
+• Treibhausgasbilanz (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2026]
 • Entwicklung eines Maßnahmenpakets (2024 - 2025) [fertiggestellt 31. Januar 2025]
-• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-• Treibhausgasneutrale Energieversorgung städtischer Liegenschaften (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
 • Einführung von Klimakooperationen (fortlaufend, seit 1997) [fertiggestellt 31. Dezember 1997]</t>
   </si>
   <si>
     <t>KNV2</t>
   </si>
   <si>
     <t>Strategie zur Klimaneutralität für SWLB, WBL und TELB</t>
   </si>
   <si>
-    <t>• Klimaneutralitätsstrategie TELB (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• Klimaneutralitätsstrategie SWLB (fortlaufend) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Klimaneutralitätsstrategie TELB (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Klimaneutralitätsstrategie WBL (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Klimaneutralitätsstrategie SWLB (fortlaufend) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>KNV3</t>
   </si>
   <si>
     <t>Sensibilisierung der Mitarbeitenden im Klimaschutz</t>
   </si>
   <si>
-    <t>• Schulungen zum Energiesparen für Hausmeister und Verwaltungsmitarbeitende (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• AzuKlim – Azubis für mehr Klimaschutz in Kommunen (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Schulungen zum Energiesparen für Hausmeister und Verwaltungsmitarbeitende (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Info-Angebote "Klimaschutz" für alle Mitarbeitenden (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• AzuKlim – Azubis für mehr Klimaschutz in Kommunen (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>KLI1</t>
   </si>
   <si>
     <t>Klimaangepasste kommunale Gebäude</t>
   </si>
   <si>
-    <t>• Ausbau des städtischen Wärmenetzes unter dem Aspekt der Gebäudekühlung [im Gange, Frist: 31. Dezember 2025]
+    <t>• Verschattungen [im Gange, Frist: 31. Dezember 2026]
+• Kühlung in Neubau- und Generalsanierungsprojekten berücksichtigen [im Gange, Frist: 31. Dezember 2026]
+• Dachbegrünung [im Gange, Frist: 31. Dezember 2026]
+• Nutzung von Grau- und Regenwasser [im Gange, Frist: 31. Dezember 2026]
+• Ausbau des städtischen Wärmenetzes unter dem Aspekt der Gebäudekühlung [im Gange, Frist: 31. Dezember 2026]
+• Fassadenbegrünung [im Gange, Frist: 31. Dezember 2026]
 • Wasserspender in Schulen und Kitas [fertiggestellt 10. Januar 2022]
-• Kühlung in Neubau- und Generalsanierungsprojekten berücksichtigen [im Gange, Frist: 31. Dezember 2025]
-[...3 lines deleted...]
-• Verschattungen [im Gange, Frist: 31. Dezember 2025]
 • Vorgaben bei Planung von Neubau- und Sanierungsprojekten [fertiggestellt 31. Dezember 2021]
 • Semitransparente PV-Überdachung Grundschulcampus [fertiggestellt 31. Dezember 2020]</t>
   </si>
   <si>
     <t>KLI2</t>
   </si>
   <si>
     <t>Informationen und Maßnahmen für städtische Mitarbeitende zum Thema Klimaanpassung</t>
   </si>
   <si>
-    <t>• Fortbildung Klimaanpassung [im Gange, Frist: 31. Dezember 2026]
-[...1 lines deleted...]
-• Hitzesprudel [im Gange, Frist: 31. Dezember 2025]
+    <t>• Hitzesprudel [im Gange, Frist: 31. Dezember 2026]
+• Fortbildung Klimaanpassung [im Gange, Frist: 31. Dezember 2026]
+• Starkregengefahrenkarten ins städtische GIS (ISY) [im Gange, Frist: 31. Dezember 2026]
 • Umgang mit landkreisweiter Hitzewarnung [fertiggestellt 31. Juli 2025]
 • Informationskampagne Intranet [fertiggestellt 31. Dezember 2024]
 • Handreichung "Umgang mit Hitze" [fertiggestellt 31. Dezember 2023]
+• Gefährdungsbeurteilung [fertiggestellt 31. Dezember 2023]
 • Starkregengefahrenkarten Pflugfelden ins städtische GIS [fertiggestellt 31. Dezember 2023]
 • Stadtklimaanalyse ins städtische GIS [fertiggestellt 31. Dezember 2023]
-• Gefährdungsbeurteilung [fertiggestellt 31. Dezember 2023]
 • Workshops Projekt ZURES II [fertiggestellt 31. Dezember 2022]
 • Neue Dienstvereinbarung mobiles Arbeiten [fertiggestellt 30. November 2022]
 • Neue Dienstvereinbarung Arbeitszeit [fertiggestellt 31. Januar 2022]
 • Fortbildung PV und Gründach [fertiggestellt 31. Oktober 2021]
 • Seminar zum richtigen Verhalten während Hitzeperioden [fertiggestellt 30. September 2020]
 • Gesundheitstage der TDL [fertiggestellt 31. Dezember 2019]</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>Weiterentwicklung von Quartierskonzepten</t>
   </si>
   <si>
     <t>Zurückgestellt</t>
   </si>
   <si>
     <t>• Quartierskonzept Oßweil [fertiggestellt 1. Juli 2021]
 • Quartierskonzept südliche Weststadt [fertiggestellt 28. November 2019]
 • Quartierskonzept Eglosheim-West [fertiggestellt 22. April 2018]
 • Quartierskonzept Stadionquartier Oststadt [fertiggestellt 31. Januar 2017]
 • Quartierskonzept Barocke Innenstadt [fertiggestellt 31. Dezember 2014]</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>Einführung eines CO2-Schattenpreises und Einzahlungen in den Klimafonds</t>
   </si>
   <si>
     <t>Planung</t>
   </si>
   <si>
     <t>• Einrichtung und Etablierung eines kommunalen Klimafonds prüfen (zurückgestellt) [fertiggestellt 31. März 2025]
 • Einführung eines CO2-Schattenpreises prüfen (zurückgestellt) [fertiggestellt 31. Dezember 2024]</t>
   </si>
   <si>
     <t>S3</t>
   </si>
   <si>
     <t>Klimawirkungsprüfung für kommunale Vorhaben</t>
   </si>
   <si>
-    <t>• Fortführung KlimaCheck [im Gange, Frist: 31. Dezember 2025]
+    <t>• Fortführung KlimaCheck [im Gange, Frist: 31. Dezember 2026]
 • Überarbeitung KlimaCheck [fertiggestellt 12. Juni 2024]
 • Einführung KlimaCheck [fertiggestellt 31. Oktober 2021]</t>
   </si>
   <si>
     <t>S4</t>
   </si>
   <si>
     <t>Klimafreundliche Siedlungsentwicklung &amp; klimaneutrale Bebauung</t>
   </si>
   <si>
-    <t>• Einführung eines Schnellchecks zur energetischen Bewertung im Neubaugebiet Fuchshof [im Gange, Frist: 31. Dezember 2025]
-[...2 lines deleted...]
-• Klima und Energie als Belange in Kaufverträgen (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Klima und Energie im Stadtentwicklungskonzept für Hoheneck [im Gange, Frist: 31. Dezember 2026]
+• Klima und Energie als Belange in Bebauungsplänen (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2026]
+• Klima und Energie als Belange in Kaufverträgen (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Einführung eines Schnellchecks zur energetischen Bewertung im Neubaugebiet Fuchshof [fertiggestellt 15. Dezember 2025]
 • Räumlich Perspektive [fertiggestellt 26. Februar 2025]
 • Energiekonzept SKS-Areal [fertiggestellt 31. Dezember 2024]
 • Energiekonzept Fuchshofstraße [fertiggestellt 7. Juni 2021]
 • Einführung der PV-Pflicht im Neubau [fertiggestellt 30. September 2020]
 • Energiekonzept Grünbühl Süd-West [fertiggestellt 31. Mai 2018]</t>
   </si>
   <si>
     <t>S5</t>
   </si>
   <si>
     <t>Berücksichtigung von Klimaanpassung in der Bauleitplanung</t>
   </si>
   <si>
-    <t>• Prüfung Verankerung Albedo-Wert in B-Plänen [nicht begonnen, Frist: 31. Dezember 2026]
-• Ergebnisse des Starkregenrisikomanagements werden in der Planung berücksichtigt [nicht begonnen, Frist: 31. Juli 2026]
+    <t>• Ergebnisse des Starkregenrisikomanagements werden in der Planung berücksichtigt [nicht begonnen, Frist: 31. Dezember 2026]
+• Prüfung Verankerung Albedo-Wert in B-Plänen [nicht begonnen, Frist: 31. Dezember 2026]
+• Pflicht für die Erstellung eines Entwässerungskonzepts [fertiggestellt 31. Dezember 2023]
 • Individuelle, klimaangepasste Pflanzlisten erstellen [fertiggestellt 31. Dezember 2023]
-• Pflicht für die Erstellung eines Entwässerungskonzepts [fertiggestellt 31. Dezember 2023]
 • Erstellung und Berücksichtigung einer Planungshinweiskarte Hitze [fertiggestellt 31. Oktober 2022]
 • Erhaltenswerte Bäume und Grünstrukturen in B-Plan definieren [fertiggestellt 31. Dezember 2020]
-• Pflicht zur Dachbegrünung bei Flach- und Pultdächern in B-Plänen [fertiggestellt 31. Dezember 2019]
+• Einbindung Team Klima &amp; Energie in Bauleitplanverfahren [fertiggestellt 31. Dezember 2019]
 • Klima-Abschnitt im Bebauungsplan einfügen [fertiggestellt 31. Dezember 2019]
-• Einbindung Team Klima &amp; Energie in Bauleitplanverfahren [fertiggestellt 31. Dezember 2019]</t>
+• Pflicht zur Dachbegrünung bei Flach- und Pultdächern in B-Plänen [fertiggestellt 31. Dezember 2019]</t>
   </si>
   <si>
     <t>S12</t>
   </si>
   <si>
     <t>Nutzung städtebaulicher Instrumente zur Umsetzung der Klimaanpassung</t>
   </si>
   <si>
     <t>• Sanierungsmaßnahmen aus Gründen der Klimaanpassung [nicht begonnen, Frist: 6. Februar 2027]
-• Darstellung und Sicherung der wichtigsten Grün- und Freiflächen in der Räumlichen Perspektive [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• Weiterentwicklung des grünen Rings innerhalb gesamtstädtischer Planungsmaßnahmen [im Gange, Frist: 31. Dezember 2025]
+• Darstellung und Sicherung der wichtigsten Grün- und Freiflächen in der Räumlichen Perspektive [im Gange, Frist: 31. Dezember 2026]
+• Planungsrechtliche Sicherung des grünen Rings [im Gange, Frist: 31. Dezember 2026]
+• Weiterentwicklung des grünen Rings innerhalb gesamtstädtischer Planungsmaßnahmen [im Gange, Frist: 31. Dezember 2026]
 • Berücksichtigung von Flächen und Leitbahnen zur Kaltluftentstehung [fertiggestellt 31. August 2024]
 • Erstellung Rahmenplanung zum Erhalt der Grünen Innenhöfe [fertiggestellt 7. Juli 2021]
 • Grünverbindung Römerhügel [fertiggestellt 31. Dezember 2018]</t>
   </si>
   <si>
     <t>S13</t>
   </si>
   <si>
     <t>Erarbeitung von Planungsgrundlagen zur Klimaanpassung</t>
   </si>
   <si>
-    <t>• Starkregenrisikomanagement (SRRM) Stadtgebiet [im Gange, Frist: 31. Dezember 2025]
-• Ein regelmäßig überarbeiteter "Allgemeiner Kanalisationsplan" (AKP) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Ein regelmäßig überarbeiteter "Allgemeiner Kanalisationsplan" (AKP) [im Gange, Frist: 31. Dezember 2026]
+• Starkregenrisikomanagement (SRRM) Stadtgebiet [im Gange, Frist: 31. Dezember 2026]
 • Starkregengefahrenkarte für die Region Stuttgart [fertiggestellt 31. Dezember 2023]
 • Starkregenrisikomanagement (SRRM) Pflugfelden [fertiggestellt 31. Mai 2023]
 • Erstellung einer Stadtklimaanalyse [fertiggestellt 30. Juni 2022]
 • Darstellung der Kaltluftverhältnisse [fertiggestellt 30. Juni 2022]</t>
   </si>
   <si>
     <t>UM1</t>
   </si>
   <si>
     <t>Internes Personal plant, saniert und pflegt eigene Anlagen und Gebäude</t>
   </si>
   <si>
-    <t>• Energiekonzepte für öffentliche Gebäude (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-[...3 lines deleted...]
-• Sanierungsstrategie klimaneutraler Gebäudebetrieb [im Gange, Frist: 31. Dezember 2025]
+    <t>• Fortschreibung Projektleitfaden für Hochbaumaßnahmen [nicht begonnen, Frist: 31. Dezember 2026]
+• Sanierungsstrategie klimaneutraler Gebäudebetrieb [im Gange, Frist: 31. Dezember 2026]
+• Energiekonzepte für öffentliche Gebäude (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Energiecontrolling (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Klima- und Energiebericht (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2026]
 • Energiekonzept Bildungszentrum West [fertiggestellt 15. Februar 2023]
 • Analyse Photovoltaik-Potenzial städtischer Dachflächen [fertiggestellt 3. Oktober 2022]
 • Einführung Energiemanagement-Software [fertiggestellt 31. Januar 2022]</t>
   </si>
   <si>
     <t>UM2</t>
   </si>
   <si>
     <t>Stadt schafft kommunale Strukturen für Energie- und Wärmewende</t>
   </si>
   <si>
-    <t>• Projektgruppe Erneuerbare Energien [im Gange, Frist: 31. Dezember 2025]
+    <t>• Projektgruppe Erneuerbare Energien [im Gange, Frist: 31. Dezember 2026]
 • Regelbesprechungen mit SWLB [fertiggestellt 31. Dezember 2021]</t>
   </si>
   <si>
     <t>UM3</t>
   </si>
   <si>
     <t>Ressourcen für Klimaschutz</t>
   </si>
   <si>
     <t>• Wettbewerb für Vorreiter-Kommunen – Auf dem Weg zur Klimaneutralität (fortlaufend, seit 2023) [im Gange, Frist: 30. Juni 2027]
-• Angabe von klimarelevanten Ausgaben im Haushaltsplan (fortlaufend, seit 2022, pausiert aktuell) [im Gange, Frist: 31. Dezember 2025]</t>
+• Angabe von klimarelevanten Ausgaben im Haushaltsplan (fortlaufend, seit 2022, pausiert aktuell) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>UM4</t>
   </si>
   <si>
     <t>Monitoring Klimaneutralität und Klimaanpassung</t>
   </si>
   <si>
-    <t>• Klimaschutzmanagementsystem [nicht begonnen, Frist: 31. Dezember 2026]
-[...2 lines deleted...]
-• Statusbericht Klimaneutralität (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Statusbericht Klimaanpassung (fortlaufend, seit 2022) [im Gange, Frist: 31. Dezember 2026]
+• Treibhausgasbilanz (fortlaufend, seit 2016) [im Gange, Frist: 31. Dezember 2026]
+• Klimaschutzmanagementsystem [nicht begonnen, Frist: 31. Dezember 2026]
+• Statusbericht Klimaneutralität (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2026]
 • European Energy Award (2006 - 2025) [fertiggestellt 31. Dezember 2025]</t>
   </si>
   <si>
     <t>H1</t>
   </si>
   <si>
     <t>Kommunales Förderprogramm KlimaBonus</t>
   </si>
   <si>
-    <t>• Fortführung KlimaBonus [im Gange, Frist: 31. Dezember 2025]
-• Sozial gerechter Klimaschutz [im Gange, Frist: 31. Dezember 2025]
+    <t>• Fortführung KlimaBonus [im Gange, Frist: 31. Dezember 2026]
+• Sozial gerechter Klimaschutz [im Gange, Frist: 31. Dezember 2026]
 • Fortschreibung kommunales Förderprogramm KlimaBonus [fertiggestellt 29. Januar 2025]
 • Anpassung kommunales Förderprogramm KlimaBonus [fertiggestellt 27. September 2023]
 • Erstellung kommunales Förderprogramm KlimaBonus [fertiggestellt 10. Februar 2022]</t>
   </si>
   <si>
     <t>H2</t>
   </si>
   <si>
     <t>Unterstützungsoffensive für Balkon-Solarmodule</t>
   </si>
   <si>
-    <t>• Steckersolargerät im KlimaBonus [im Gange, Frist: 31. Dezember 2025]
+    <t>• Steckersolargerät im KlimaBonus [im Gange, Frist: 31. Dezember 2026]
 • Anpassung der Steckersolarförderung [fertiggestellt 29. Januar 2025]
 • Steckersolargerät am Rathaushof [fertiggestellt 1. Oktober 2024]
 • Anpassung der Steckersolarförderung [fertiggestellt 15. Oktober 2023]
 • Erstellung kommunales Förderprogramm KlimaBonus [fertiggestellt 2. Oktober 2022]</t>
   </si>
   <si>
     <t>H3</t>
   </si>
   <si>
     <t>Neubauten reduzieren, Bauflächen &amp; Wohnraum effizient nutzen</t>
   </si>
   <si>
-    <t>• Strategie für die Intensivierung des Dachausbaus [im Gange, Frist: 31. Dezember 2025]
-• Kommunale Beratungsprämie [im Gange, Frist: 31. Dezember 2025]
+    <t>• Strategie für die Intensivierung des Dachausbaus [im Gange, Frist: 31. Dezember 2026]
+• Kommunale Beratungsprämie [im Gange, Frist: 31. Dezember 2026]
 • Kommunale Wiedervermietungsprämie [fertiggestellt 31. Dezember 2023]
 • Erstellung einer Potenzialstudie Innenentwicklung [fertiggestellt 31. Mai 2023]</t>
   </si>
   <si>
     <t>Wi1</t>
   </si>
   <si>
     <t>Klimavorbildliche Gewerbegebiete</t>
   </si>
   <si>
-    <t>• Klimaschutz als Belange im Gewerbeflächenentwicklungskonzept [im Gange, Frist: 31. Dezember 2025]
+    <t>• Klimaschutz als Belange im Gewerbeflächenentwicklungskonzept [im Gange, Frist: 31. Dezember 2026]
 • Gewerbegebiet Waldäcker III [fertiggestellt 31. Dezember 2023]
 • Rahmenpapier "Nachhaltige Gewerbegebiete" erstellen [fertiggestellt 31. Dezember 2021]</t>
   </si>
   <si>
     <t>Wi2</t>
   </si>
   <si>
     <t>Vernetzungs- und Informationsangebote für Unternehmen</t>
   </si>
   <si>
-    <t>• Klima und Energie bei Veranstaltungen der Wirtschaftsförderung (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• Unternehmensnetzwerk Ludwigsburger Klimabündnis (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2025]
+    <t>• KLIMAfit (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2026]
+• Unternehmensnetzwerk Ludwigsburger Klimabündnis (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2026]
+• Klima und Energie bei Veranstaltungen der Wirtschaftsförderung (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
 • ECOfit 2018 – 2020 [fertiggestellt 31. Dezember 2020]</t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Konsequente Umsetzung der 15-Minuten-Stadt</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
     <t>Zukunft öffentlicher Raum</t>
   </si>
   <si>
     <t>M3</t>
   </si>
   <si>
     <t>Kontinuierliche Verbesserung und Beschleunigung des ÖPNV</t>
   </si>
   <si>
     <t>Se1</t>
   </si>
   <si>
     <t>Ludwigsburger Klimabündnis</t>
   </si>
   <si>
-    <t>• Ludwigsburger Klimabündnis – Anlaufstelle für ehrenamtliches Klima-Engagement (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2025]
-• Ludwigsburger Klimabündnis – Unternehmensnetzwerk (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Ludwigsburger Klimabündnis – Anlaufstelle für ehrenamtliches Klima-Engagement (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2026]
+• Ludwigsburger Klimabündnis – Unternehmensnetzwerk (fortlaufend, seit 2019) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>Se2</t>
   </si>
   <si>
     <t>Einbindung Ehrenamtlicher in Klimaschutzaktivitäten</t>
   </si>
   <si>
-    <t>• Kooperation mit der Solarinitiative – Ehrenamtliche unterstützen den Ausbau von PV (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-• Solarparties mit packsdrauf (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Kooperation mit der Solarinitiative – Ehrenamtliche unterstützen den Ausbau von PV (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Solarparties mit packsdrauf (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>Se3</t>
   </si>
   <si>
     <t>Nachhaltiger Konsum und Schonung von Ressourcen</t>
   </si>
   <si>
-    <t>• Plastikfreier Wochenmarkt (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• Ludwigsburg bringt´s mit! (fortlaufend, seit 2022) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Fairtrade-Stadt Ludwigsburg (fortlaufend, seit 2011) [im Gange, Frist: 31. Dezember 2026]
+• Plastikfreier Wochenmarkt (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2026]
+• Ludwigsburg bringt´s mit! (fortlaufend, seit 2022) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>Se4</t>
   </si>
   <si>
     <t>Öffentlichkeitsarbeit Klimaschutz</t>
   </si>
   <si>
-    <t>• Begleitung aller klimaschutzrelevanten Themen des Teams Klima und Energie und weiterer Fachbereiche mit Öffentlichkeitsarbeit (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-• Kommunikationskampagne „Lust auf [  ]" (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Begleitung aller klimaschutzrelevanten Themen des Teams Klima und Energie und weiterer Fachbereiche mit Öffentlichkeitsarbeit (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Kommunikationskampagne „Lust auf [  ]" (fortlaufend, seit 2024) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>Se5</t>
   </si>
   <si>
     <t>Bildungsorte für Klimaschutz und Nachhaltigkeit</t>
   </si>
   <si>
-    <t>• Wissenszentrum Energie (fortlaufend, seit 2014) [im Gange, Frist: 31. Dezember 2025]
-• NaturInfoZentrum Casa Mellifera (fortlaufend, seit 2012) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Wissenszentrum Energie (fortlaufend, seit 2014) [im Gange, Frist: 31. Dezember 2026]
+• NaturInfoZentrum Casa Mellifera (fortlaufend, seit 2012) [im Gange, Frist: 31. Dezember 2026]
 • Agenda-Diplom [fertiggestellt 28. Februar 2023]</t>
   </si>
   <si>
     <t>Se6</t>
   </si>
   <si>
     <t>Aktivitäten mit Bildungseinrichtungen</t>
   </si>
   <si>
-    <t>• Kooperationen mit der Volkshochschule Ludwigsburg (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
-• Bildungsprogramm für Kitas und Schulen – Energieagentur Kreis Ludwigsburg LEA e. V. (fortlaufend) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Kooperationen mit der Volkshochschule Ludwigsburg (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
+• Bildungsprogramm für Kitas und Schulen – Energieagentur Kreis Ludwigsburg LEA e. V. (fortlaufend) [im Gange, Frist: 31. Dezember 2026]
 • Einblick in den kommunalen Klimaschutz gewähren [fertiggestellt 31. Dezember 2023]</t>
   </si>
   <si>
     <t>Se7</t>
   </si>
   <si>
     <t>Energieberatung</t>
   </si>
   <si>
-    <t>• Beratungsangebote der Energieagentur Kreis Ludwigsburg LEA e.V. (fortlaufend, seit 2007) [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• Stromspar-Check (fortlaufend, seit 2020) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Beratungsangebote der Energieagentur Kreis Ludwigsburg LEA e.V. (fortlaufend, seit 2007) [im Gange, Frist: 31. Dezember 2026]
+• Bauberatung um Energieeffizienz und Erneuerbare Energien erweitern (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2026]
+• Stromspar-Check (fortlaufend, seit 2020) [im Gange, Frist: 31. Dezember 2026]
 • Photovoltaik Beratung für Unternehmen (Solar-Eignungscheck) [fertiggestellt 31. Dezember 2023]</t>
   </si>
   <si>
     <t>Se8</t>
   </si>
   <si>
     <t>Digitale Tools zur energetischen Optimierung von Gebäuden</t>
   </si>
   <si>
-    <t>• Solar-Tool (seit 2025) [im Gange, Frist: 31. Dezember 2025]
-• Thermografie-Tool (seit 2025) [im Gange, Frist: 31. Dezember 2025]
+    <t>• Solar-Tool (seit 2025) [im Gange, Frist: 31. Dezember 2026]
+• Thermografie-Tool (seit 2025) [im Gange, Frist: 31. Dezember 2026]
 • Auswahl und Beauftragung der Tools [fertiggestellt 10. Oktober 2024]</t>
   </si>
   <si>
     <t>Se9</t>
   </si>
   <si>
     <t>Klimaschutz in Schulen</t>
   </si>
   <si>
     <t>Gestrichen</t>
   </si>
   <si>
     <t>• Klimaschutz in Schulen (gestrichen) [fertiggestellt 16. April 2025]
 • Energiesparmodelle an Schulen im Landkreis Ludwigsburg (2021 - 2025) [fertiggestellt 28. Februar 2025]</t>
   </si>
   <si>
     <t>E1</t>
   </si>
   <si>
     <t>Umsetzung großer Solarthermie- und Photovoltaikanlagen</t>
   </si>
   <si>
     <t>• Prüfung weiterer Standorte [fertiggestellt 31. Dezember 2024]
 • Solarthermieanlage Römerhügel [fertiggestellt 31. Mai 2020]</t>
   </si>
   <si>
     <t>E2</t>
   </si>
   <si>
     <t>Konsequente Umsetzung der Ergebnisse der Wärmeplanung</t>
   </si>
   <si>
     <t>• Ausbau und Nachverdichtung Wärmenetz [im Gange, Frist: 31. Dezember 2035]
 • Roadmap Grünes Gas [nicht begonnen, Frist: 30. Juni 2028]
 • Bundesförderung für effiziente Wärmenetze (BEW)-Studien [im Gange, Frist: 31. Dezember 2026]
 • Konzept zur Flächensicherung [im Gange, Frist: 31. Dezember 2026]
 • Konzept zur Erschließung des Potenzials durch Sanierung und Effizienzsteigerung [im Gange, Frist: 31. Dezember 2026]
 • Erstellung des Konzeptes zur Kommunalen Wärmeplanung [fertiggestellt 19. Dezember 2023]</t>
   </si>
   <si>
     <t>E3</t>
   </si>
   <si>
     <t>Ablösung der Gasverteilnetze bis 2033</t>
   </si>
   <si>
-    <t>• Erstellung von Gasnetztransformationsplänen [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Erstellung von Gasnetztransformationsplänen [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>E4</t>
   </si>
   <si>
     <t>Ausbau Photovoltaik auf Dachflächen</t>
   </si>
   <si>
-    <t>• Ausbau PV auf Ludwigsburger Dachflächen fördern [im Gange, Frist: 31. Dezember 2025]
-[...2 lines deleted...]
-• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2025]</t>
+    <t>• Ausbau PV auf Ludwigsburger Dachflächen fördern [im Gange, Frist: 31. Dezember 2026]
+• SWLB als zentraler Akteur der Energiewende [im Gange, Frist: 31. Dezember 2026]
+• Solaroffensive - Dein Dach kann mehr (fortlaufend, seit 2021) [im Gange, Frist: 31. Dezember 2026]
+• Ausbau der Photovoltaik auf städtischen Gebäuden (fortlaufend) [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>Ee1</t>
   </si>
   <si>
     <t>Ausweitung Sanierungsmanagement, Ressourcenaufbau Beratungskapazitäten</t>
   </si>
   <si>
-    <t>• Sanierungsmanagement: Themenspezifische Veranstaltungen (2021 - 2024) [fertiggestellt 31. Dezember 2024]
+    <t>• Wir Energiewender vor Ort in Eglosheim, Neckarweihingen und Poppenweiler (2025) [im Gange, Frist: 31. Dezember 2026]
+• Wir Energiewender für die Gesamtstadt (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2026]
 • Sanierungsmanagement: Zielgruppenspezifische Veranstaltungen (2020 - 2024) [fertiggestellt 31. Dezember 2024]
-• Wir Energiewender vor Ort in Eglosheim, Neckarweihingen und Poppenweiler (2025) [im Gange, Frist: 31. Dezember 2025]
 • Sanierungsmanagement: Aufsuchende Beratung (2020 - 2024) [fertiggestellt 31. Dezember 2024]
-• Wir Energiewender für die Gesamtstadt (fortlaufend, seit 2025) [im Gange, Frist: 31. Dezember 2025]
-• Sanierungsmanagement: Energiewender im Quartier (2020 - 2024) [fertiggestellt 31. Dezember 2024]
 • Sanierungsmanagement: Thermografie-Aufnahmen (2020 - 2024) [fertiggestellt 31. Dezember 2024]
-• Sanierungsmanagement: Nachhaltigkeitstage (2020 - 2023) [fertiggestellt 31. Dezember 2023]</t>
+• Sanierungsmanagement: Themenspezifische Veranstaltungen (2021 - 2024) [fertiggestellt 31. Dezember 2024]
+• Sanierungsmanagement: Nachhaltigkeitstage (2020 - 2023) [fertiggestellt 31. Dezember 2023]
+• Sanierungsmanagement: Energiewender im Quartier (2020 - 2024) [fertiggestellt 31. Dezember 2024]</t>
   </si>
   <si>
     <t>I1</t>
   </si>
   <si>
     <t>Erstes H2-Only-Gasnetz ab 2034</t>
   </si>
   <si>
     <t>• Aufbau eines Wasserstoffbasisnetzes [nicht begonnen, Frist: 31. Dezember 2032]
-• Erstellung von Gasnetztransformationsplänen [im Gange, Frist: 31. Dezember 2025]</t>
+• Erstellung von Gasnetztransformationsplänen [im Gange, Frist: 31. Dezember 2026]</t>
   </si>
   <si>
     <t>HI1</t>
   </si>
   <si>
     <t>Schaffung kühler Orte in hitzebelasteten Gebieten</t>
   </si>
   <si>
-    <t>• Stadtbahn: Grüngleise statt Schottergleise [nicht begonnen, Frist: 31. Dezember 2031]
-• Verschattung bei der Ausschreibung neuer Buswartehallen berücksichtigen [nicht begonnen, Frist: 31. Dezember 2030]
+    <t>• Verschattung bei der Ausschreibung neuer Buswartehallen berücksichtigen [nicht begonnen, Frist: 31. Dezember 2030]
 • Implementierung von Verschattungselementen [nicht begonnen, Frist: 28. Februar 2027]
 • Beschattungselemente Rathaushof [im Gange, Frist: 31. Dezember 2026]
 • Umgestaltung Arsenalplatz [fertiggestellt 30. Juni 2025]
 • temporäre Bäume Marktplatz [fertiggestellt 30. April 2025]
 • Ehrenhof am Rathaus [fertiggestellt 31. Mai 2024]
 • Begrünung Pop-Up Innenstadt [fertiggestellt 31. Dezember 2023]
 • Pop-up Maßnahmen Rathaushof [fertiggestellt 31. Oktober 2023]
 • Walckerpark [fertiggestellt 31. Mai 2022]
+• Parklets im Gewerbegebiet Weststadt [fertiggestellt 30. September 2020]
 • Green Urban Labs - Urban Agenda Green City [fertiggestellt 30. September 2020]
-• Parklets im Gewerbegebiet Weststadt [fertiggestellt 30. September 2020]
 • Umwandlung Parkplatz zu Parkanlage (Schliefenstr./Grönerstr.) [fertiggestellt 30. September 2020]
 • Temporäre Begrünung Ehrenhof [fertiggestellt 30. September 2020]
 • Experiment Begrünung Haltestellen in der Weststadt [fertiggestellt 31. Dezember 2019]
 • Mobiles Grünes Zimmer auf Tour [fertiggestellt 31. Dezember 2018]
 • Grünes Zimmer auf dem Rathaushof [fertiggestellt 31. Dezember 2014]</t>
   </si>
   <si>
     <t>HI4</t>
   </si>
   <si>
     <t>Zugang zu Trinkwasser im öffentlichen Raum</t>
   </si>
   <si>
-    <t>• Aufstellung weiterer Trinkwasserbrunnen [nicht begonnen, Frist: 31. Dezember 2025]
+    <t>• Aufstellung weiterer Trinkwasserbrunnen [nicht begonnen, Frist: 31. Dezember 2026]
 • Trinkwasserbrunnen Rathaushof und Tammer Platz [fertiggestellt 31. Dezember 2024]
-• Trinkwasserbrunnen Uferwiesen und Arsenalplatz [im Gange, Frist: 31. Dezember 2025]
+• Trinkwasserbrunnen Uferwiesen und Arsenalplatz [fertiggestellt 31. August 2025]
 • Trinkwasserbrunnen Bärenwiese und Marktplatz [fertiggestellt 31. August 2022]
 • Einführung der Initiative Refill in der Ludwigsburger Innenstadt [fertiggestellt 31. August 2019]</t>
   </si>
   <si>
     <t>GF8</t>
   </si>
   <si>
     <t>Aufwertung und Schutz von öffentlichem Grün</t>
   </si>
   <si>
-    <t>• Grüne Fuge, Fuchshof [im Gange, Frist: 31. Juli 2026]
-[...4 lines deleted...]
-• Freiraumentwicklung Grüner Anger, Grünbühl West [im Gange, Frist: 31. Dezember 2025]
+    <t>• Baumstandorte optimieren [im Gange, Frist: 31. Dezember 2026]
+• Mittel im Haushalt für Baumpflanzungen bereitstellen [im Gange, Frist: 31. Dezember 2026]
+• Städtisches Förderprogramm "Agrarumwelt" [im Gange, Frist: 31. Dezember 2026]
+• Projekt Steillagenretter [im Gange, Frist: 31. Dezember 2026]
+• Freiraumentwicklung Grüner Anger, Grünbühl West [im Gange, Frist: 31. Dezember 2026]
+• Grüne Fuge, Fuchshof [im Gange, Frist: 31. Juli 2026]
 • Umgestaltung Riedgraben [fertiggestellt 12. Februar 2024]
 • Beschluss einer Baumschutzsatzung [fertiggestellt 31. Dezember 2021]
 • Kleingartenanlage Römerhügel [fertiggestellt 31. Dezember 2018]
 • Grünzug Ludwigsburger Neckar [fertiggestellt 31. Dezember 2013]</t>
   </si>
   <si>
     <t>SeA1</t>
   </si>
   <si>
     <t>Beratung und Förderung zur Klimaanpassung</t>
   </si>
   <si>
     <t>• Finanzielle Förderung von Begrünungs- und Entsiegelungsmaßnahmen [im Gange, Frist: 31. Dezember 2027]
-• Beratung und Förderung von privaten Bauträgern zum klimaangepassten Bauen [im Gange, Frist: 31. Dezember 2025]
-[...1 lines deleted...]
-• Unterstützung der Stadtgesellschaft bei der Umsetzung von Dach- und Fassadenbegrünungen [im Gange, Frist: 31. Dezember 2025]
+• Unterstützung der Stadtgesellschaft bei der Umsetzung von Dach- und Fassadenbegrünungen [im Gange, Frist: 31. Dezember 2026]
+• Beratung und Förderung von privaten Bauträgern zum klimaangepassten Bauen [im Gange, Frist: 31. Dezember 2026]
+• Kommunikation der positiven Wirkung durch den Umgang mit Bäumen und Vegetation in der Stadt [im Gange, Frist: 31. Dezember 2026]
 • Beratung von Unternehmen zur Klimaanpassung [fertiggestellt 1. Oktober 2025]
-• Workshop zum klimaangepassten Gärtnern [fertiggestellt 31. Dezember 2019]
-• Grüne Nachbarschafft - Wettbewerbe [fertiggestellt 31. Dezember 2019]</t>
+• Grüne Nachbarschafft - Wettbewerbe [fertiggestellt 31. Dezember 2019]
+• Workshop zum klimaangepassten Gärtnern [fertiggestellt 31. Dezember 2019]</t>
   </si>
   <si>
     <t>SeA2</t>
   </si>
   <si>
     <t>Sensibilisierung zum Thema Hitze</t>
   </si>
   <si>
-    <t>• Karte "Kühle Orte" [im Gange, Frist: 31. Dezember 2026]
+    <t>• Sensibilisierung von Arbeitgebern für hitzeangepasstes Arbeiten im Sommer [nicht begonnen, Frist: 31. Dezember 2026]
+• Karte "Kühle Orte" [im Gange, Frist: 31. Dezember 2026]
 • Erstellung von Kommunikationsmitteln für vulnerable Gruppen [im Gange, Frist: 31. Dezember 2026]
 • Platzierung des Themas in den lokalen Medien [im Gange, Frist: 31. Dezember 2026]
-• Sensibilisierung von Arbeitgebern für hitzeangepasstes Arbeiten im Sommer [nicht begonnen, Frist: 31. Dezember 2026]
 • Durchführung eines Hitzeaktionstag "Ludwigsburg kühlt sich ab" [fertiggestellt 31. Juli 2025]
 • Informationen zu Trinkwasserbrunnen [fertiggestellt 31. Juli 2025]
 • Broschüre zum Thema Hitze in Ludwigsburg [fertiggestellt 30. November 2023]
 • Workshop „Schattenlabor“ [fertiggestellt 31. August 2023]
 • Workshop „Hitze trifft jeden anders“ [fertiggestellt 31. August 2023]</t>
   </si>
   <si>
     <t>SeA3</t>
   </si>
   <si>
     <t>Sensibilisierung zum Thema Starkregen</t>
   </si>
   <si>
-    <t>• Veröffentlichung und Bekanntmachung der Starkregengefahrenkarten [im Gange, Frist: 31. Dezember 2025]
+    <t>• Veröffentlichung und Bekanntmachung der Starkregengefahrenkarten [im Gange, Frist: 31. Dezember 2026]
+• Veröffentlichung von Informationen zur Vorsorge gegen Starkregen [fertiggestellt 10. Februar 2025]
 • Veröffentlichung der Starkregengefahrenkarten für LB-Pflugfelden in der Stadtinfokarte [fertiggestellt 10. Februar 2025]
-• Veröffentlichung von Informationen zur Vorsorge gegen Starkregen [fertiggestellt 10. Februar 2025]
 • Informationsveranstaltung zum Thema Starkregen im Stadtteil Pflugfelden [fertiggestellt 23. Mai 2023]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>
     <t>aktualisiert am</t>
   </si>
 </sst>
 </file>
@@ -1044,131 +1043,131 @@
       </c>
       <c r="F1" s="4" t="s">
         <v>142</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="3">
-        <v>45784.64803126157</v>
+        <v>46003.43009787037</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3">
-        <v>45784.66097503472</v>
+        <v>46003.43233625</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="50" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="3">
-        <v>45783.36508370371</v>
+        <v>46003.43317366898</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="50" customHeight="1">
       <c r="A5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="3">
-        <v>45740.62838006944</v>
+        <v>46006.54749490741</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="50" customHeight="1">
       <c r="A6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="3">
-        <v>45915.409450625</v>
+        <v>46006.54855810185</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="50" customHeight="1">
       <c r="A7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G7" s="3">
         <v>45757.34194361111</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="50" customHeight="1">
       <c r="A8" s="1" t="s">
         <v>21</v>
@@ -1184,311 +1183,311 @@
       </c>
       <c r="F8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3">
         <v>45757.38648555556</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="50" customHeight="1">
       <c r="A9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G9" s="3">
-        <v>45763.31728975695</v>
+        <v>46003.43382824074</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="50" customHeight="1">
       <c r="A10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G10" s="3">
-        <v>45785.38893731481</v>
+        <v>46006.57108140046</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="50" customHeight="1">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G11" s="3">
-        <v>45915.41052388889</v>
+        <v>46006.55088434028</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="50" customHeight="1">
       <c r="A12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G12" s="3">
-        <v>45721.48939929398</v>
+        <v>46006.55154608796</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="50" customHeight="1">
       <c r="A13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G13" s="3">
-        <v>45720.51937297454</v>
+        <v>46006.5520400463</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="50" customHeight="1">
       <c r="A14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="3">
-        <v>45783.37855878472</v>
+        <v>46003.43836214121</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="50" customHeight="1">
       <c r="A15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="3">
-        <v>45783.37899074074</v>
+        <v>46003.43897703704</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="50" customHeight="1">
       <c r="A16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="3">
-        <v>45783.3801346875</v>
+        <v>46003.43972760416</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="50" customHeight="1">
       <c r="A17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G17" s="3">
-        <v>45989.45122585648</v>
+        <v>46006.55340458333</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="50" customHeight="1">
       <c r="A18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G18" s="3">
-        <v>45783.38413270834</v>
+        <v>46003.45288483796</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="50" customHeight="1">
       <c r="A19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G19" s="3">
-        <v>45783.39970486111</v>
+        <v>46003.45353550926</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="50" customHeight="1">
       <c r="A20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G20" s="3">
-        <v>45783.40039630787</v>
+        <v>46003.45407111111</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="50" customHeight="1">
       <c r="A21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G21" s="3">
-        <v>45783.50083196759</v>
+        <v>46003.45468717592</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="50" customHeight="1">
       <c r="A22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G22" s="3">
-        <v>45783.40098024306</v>
+        <v>46003.45553502315</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="50" customHeight="1">
       <c r="A23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G23" s="3">
         <v>45783.4015943287</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="50" customHeight="1">
       <c r="A24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>70</v>
@@ -1515,191 +1514,191 @@
       </c>
       <c r="D25" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G25" s="3">
         <v>45783.4023112963</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="50" customHeight="1">
       <c r="A26" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G26" s="3">
-        <v>45764.36589678241</v>
+        <v>46003.45608665509</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="50" customHeight="1">
       <c r="A27" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G27" s="3">
-        <v>45764.46362939815</v>
+        <v>46003.45667873842</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="50" customHeight="1">
       <c r="A28" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>81</v>
       </c>
       <c r="G28" s="3">
-        <v>45783.40427239583</v>
+        <v>46003.45733115741</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="50" customHeight="1">
       <c r="A29" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G29" s="3">
-        <v>45783.40553256944</v>
+        <v>46003.45797041667</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="50" customHeight="1">
       <c r="A30" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>87</v>
       </c>
       <c r="G30" s="3">
-        <v>45764.47778780093</v>
+        <v>46003.45862153935</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="50" customHeight="1">
       <c r="A31" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="G31" s="3">
-        <v>45763.63399246528</v>
+        <v>46003.47198261574</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="50" customHeight="1">
       <c r="A32" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G32" s="3">
-        <v>45783.40616032408</v>
+        <v>46003.47298215278</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="50" customHeight="1">
       <c r="A33" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G33" s="3">
-        <v>45783.4119747338</v>
+        <v>46003.47359730324</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="50" customHeight="1">
       <c r="A34" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>99</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G34" s="3">
         <v>45783.4138484838</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="50" customHeight="1">
       <c r="A35" s="1" t="s">
         <v>101</v>
@@ -1735,231 +1734,231 @@
       </c>
       <c r="F36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="G36" s="3">
         <v>45916.25310469908</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="50" customHeight="1">
       <c r="A37" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>109</v>
       </c>
       <c r="G37" s="3">
-        <v>45779.32569398148</v>
+        <v>46003.4750425</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="50" customHeight="1">
       <c r="A38" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G38" s="3">
-        <v>45784.64849275463</v>
+        <v>46003.47573141204</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="50" customHeight="1">
       <c r="A39" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G39" s="3">
-        <v>45771.56672238426</v>
+        <v>46003.47679512732</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="50" customHeight="1">
       <c r="A40" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G40" s="3">
-        <v>45779.35065694444</v>
+        <v>46003.47749318287</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="50" customHeight="1">
       <c r="A41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G41" s="3">
-        <v>45915.41776373843</v>
+        <v>46006.55403315972</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="50" customHeight="1">
       <c r="A42" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G42" s="3">
-        <v>45720.36216054398</v>
+        <v>46006.55583128472</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="50" customHeight="1">
       <c r="A43" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G43" s="3">
-        <v>45931.5199863426</v>
+        <v>46006.55745055556</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="50" customHeight="1">
       <c r="A44" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G44" s="3">
-        <v>45958.52595700231</v>
+        <v>46006.55854986111</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="50" customHeight="1">
       <c r="A45" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G45" s="3">
-        <v>45915.4256140625</v>
+        <v>46006.55933017361</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="50" customHeight="1">
       <c r="A46" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>136</v>
       </c>
       <c r="G46" s="3">
-        <v>45720.52677506945</v>
+        <v>46006.55982053241</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G46">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>