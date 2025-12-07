--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -498,51 +498,51 @@
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3">
         <v>45736.67358702546</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G3" s="3">
-        <v>45922.31655519676</v>
+        <v>45951.3191153588</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="50" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="3">
         <v>45919.45530277778</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G4">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>