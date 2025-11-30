--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -469,51 +469,51 @@
       </c>
       <c r="E1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3">
-        <v>45590.49715648148</v>
+        <v>45947.57775828704</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G2">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>