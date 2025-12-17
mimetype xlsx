--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -200,98 +200,98 @@
   <si>
     <t>Fußverkehrsförderung</t>
   </si>
   <si>
     <t>• Verbesserte Fußgängerführung an Ampeln [im Gange, Frist: 31. Dezember 2025]
 • Verkehrsberuhigung [im Gange, Frist: 31. Dezember 2025]
 • Querungshilfen im Stadtgebiet prüfen [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>PR1</t>
   </si>
   <si>
     <t>Errichtung von Radabstellanlagen</t>
   </si>
   <si>
     <t>• Erweiterung der Radabstellanlagen bei der katholischen Kirche [im Gange, Frist: 31. Januar 2026]
 • Überdachte Radabstellanlage beim Bürgerbüro [fertiggestellt 1. Dezember 2022]</t>
   </si>
   <si>
     <t>PR2</t>
   </si>
   <si>
     <t>RadStation Schiller</t>
   </si>
   <si>
-    <t>• Eröffnung [nicht begonnen, Frist: 31. Oktober 2025]
+    <t>• Eröffnung [fertiggestellt 15. Oktober 2025]
 • Anbindung an Radnetz [fertiggestellt 31. August 2025]
 • Baubeginn [fertiggestellt 31. Mai 2023]</t>
   </si>
   <si>
     <t>PR3</t>
   </si>
   <si>
     <t>Aufbau von RadService-Punkten</t>
   </si>
   <si>
     <t>PR4</t>
   </si>
   <si>
     <t>Einrichtung von Ladeinfrastruktur für E-Fahrräder</t>
   </si>
   <si>
     <t>• 3. E-Bike-Ladestation [fertiggestellt 30. September 2025]
 • 2. E-Bike-Ladestation [fertiggestellt 31. Dezember 2023]
 • 1. E-Bike-Ladestation [fertiggestellt 31. Juli 2023]</t>
   </si>
   <si>
     <t>PR5</t>
   </si>
   <si>
     <t>Öffnung von Einbahnstraßen für den Radverkehr</t>
   </si>
   <si>
     <t>PR6</t>
   </si>
   <si>
     <t>Radachse Teilabschnitt Groenerstraße &amp; Waldäcker (Route 4)</t>
   </si>
   <si>
     <t>PR7</t>
   </si>
   <si>
     <t>Nord-Süd-Verbindung (Hohenzollern- und Seestraße) (Route 3b)</t>
   </si>
   <si>
     <t>PR8</t>
   </si>
   <si>
     <t>Radschnellverbindung RS8 Ludwigsburg – Waiblingen</t>
   </si>
   <si>
-    <t>• Baubeginn [nicht begonnen, Frist: 31. Oktober 2026]
-• Planung [im Gange, Frist: 30. November 2025]
+    <t>• Planung [im Gange, Frist: 31. Dezember 2027]
+• Begin der abschnittsweisen Realisierung [nicht begonnen, Frist: 31. Oktober 2026]
 • Entwurfs- und Baubeschluss [im Gange, Frist: 30. November 2025]</t>
   </si>
   <si>
     <t>PR9</t>
   </si>
   <si>
     <t>Radschnellverbindung RS21  Bietigheim-Bissingen – Stuttgart</t>
   </si>
   <si>
     <t>• Entwurfsplanung [nicht begonnen, Frist: 31. Dezember 2026]
 • Vorplanung [nicht begonnen, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>PR10</t>
   </si>
   <si>
     <t>Infrastrukturelle Verbesserungen</t>
   </si>
   <si>
     <t>• Umgestaltung der Richard-Wagner-Straße [im Gange, Frist: 31. Dezember 2026]
 • Lückenschlüsse im Radroutennetz [im Gange, Frist: 31. August 2026]</t>
   </si>
   <si>
     <t>PR11</t>
   </si>
@@ -1289,57 +1289,57 @@
       </c>
       <c r="B21" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>53</v>
       </c>
       <c r="G21" s="3">
         <v>45940.43641188657</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="50" customHeight="1">
       <c r="A22" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G22" s="3">
-        <v>45940.31988990741</v>
+        <v>45959.38844011574</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="50" customHeight="1">
       <c r="A23" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="3">
         <v>45603.36016635416</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="50" customHeight="1">
       <c r="A24" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>60</v>
@@ -1357,85 +1357,85 @@
     <row r="25" spans="1:7" ht="50" customHeight="1">
       <c r="A25" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="3">
         <v>45901.29407583334</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="50" customHeight="1">
       <c r="A26" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G26" s="3">
-        <v>45940.32049790509</v>
+        <v>45959.38951090278</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="50" customHeight="1">
       <c r="A27" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G27" s="3">
-        <v>45603.36042552083</v>
+        <v>45959.39627501158</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="50" customHeight="1">
       <c r="A28" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>70</v>
       </c>
       <c r="G28" s="3">
-        <v>45940.36571502314</v>
+        <v>45959.39659849537</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="50" customHeight="1">
       <c r="A29" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G29" s="3">
         <v>45940.39744635417</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="50" customHeight="1">
       <c r="A30" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>75</v>