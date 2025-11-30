--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -10,100 +10,104 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
   <si>
     <t>ISt12</t>
   </si>
   <si>
     <t>Planung Schul-, Kultur-, und Sportareal (SKS-Areal)</t>
   </si>
   <si>
     <t>04 Vitale Stadtteile</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>• Bebauungsplan "Schul-, Kultur- und Sportareal Oßweil" Nr. 097_13 [fertiggestellt 20. November 2024]
 • Rahmenplan [fertiggestellt 20. November 2019]</t>
   </si>
   <si>
     <t>ISt15</t>
   </si>
   <si>
     <t>Pflegeheim Oßweil (SKS-Areal)</t>
   </si>
   <si>
     <t>Planung</t>
   </si>
   <si>
     <t>UB3</t>
   </si>
   <si>
     <t>Kita Oßweil Neubau SKS-Areal</t>
   </si>
   <si>
     <t>09 Bildung und Betreuung</t>
   </si>
   <si>
-    <t>Fortlaufend</t>
-[...1 lines deleted...]
-  <si>
     <t>• Bauphase Hochbau [nicht begonnen, Frist: 30. Juni 2027]
 • Entwurfs- bis Baubeschluss [fertiggestellt 20. November 2024]</t>
   </si>
   <si>
     <t>Sp7</t>
   </si>
   <si>
     <t>Mehrzweckhalle Oßweil (SKS-Areal)</t>
   </si>
   <si>
     <t>10  Sport und Gesundheit</t>
+  </si>
+  <si>
+    <t>Abgeschlossen</t>
+  </si>
+  <si>
+    <t>• Bauphase Hochbau [fertiggestellt 30. Oktober 2025]
+• Gemeinderatsbeschluss [fertiggestellt 17. Dezember 2024]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Plan</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>
     <t>aktualisiert am</t>
   </si>
@@ -475,72 +479,72 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="50.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="50.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="30.7109375" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="20" customHeight="1">
       <c r="A1" s="4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D1" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E1" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F1" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G1" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H1" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="50" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="3">
         <v>45722.424084375</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>5</v>
@@ -549,81 +553,81 @@
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3">
         <v>45590.37270074074</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="50" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="2">
         <v>46568</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H4" s="3">
-        <v>45922.55665422454</v>
+        <v>45952.28783743056</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="50" customHeight="1">
       <c r="A5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="2">
-        <v>46022</v>
+        <v>45961</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>16</v>
       </c>
       <c r="H5" s="3">
-        <v>45923.5061412037</v>
+        <v>45960.45431763889</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:H5">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>