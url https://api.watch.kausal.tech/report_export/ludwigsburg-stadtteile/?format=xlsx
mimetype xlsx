--- v0 (2025-10-27)
+++ v1 (2026-01-14)
@@ -330,58 +330,53 @@
   <si>
     <t>Bespielung Franck-Areal</t>
   </si>
   <si>
     <t>• Umsetzung Bespielungskonzept 2025 [im Gange, Frist: 31. Dezember 2025]
 • Konzeption Bespielung 2025 [fertiggestellt 31. Mai 2025]
 • Bespielung 2024 [fertiggestellt 31. Dezember 2024]</t>
   </si>
   <si>
     <t>ISt17</t>
   </si>
   <si>
     <t>Bespielungskonzept Arsenalplatz</t>
   </si>
   <si>
     <t>• Umsetzung Bespielungskonzept [im Gange, Frist: 31. Dezember 2025]
 • Konzeption Bespielungskonzept [fertiggestellt 30. Juni 2025]</t>
   </si>
   <si>
     <t>IF1</t>
   </si>
   <si>
     <t>Gemeinwesenbeauftragte</t>
   </si>
   <si>
-    <t>• Gemeinwesenbeauftragte/r Pflugfelden [nicht begonnen, Frist: 31. Dezember 2025]
-[...4 lines deleted...]
-• Gemeinwesenbeauftragte/r Oßweil [im Gange, Frist: 31. Dezember 2025]
+    <t>• Gemeinwesenbeauftragte/r Innenstadt [nicht begonnen, Frist: 31. Dezember 2026]
+• Gemeinwesenbeauftragte/r Oststadt [nicht begonnen, Frist: 31. Dezember 2026]
 • Gemeinwesenbeauftragte/r Neckarweihingen [im Gange, Frist: 31. Dezember 2025]
-• Gemeinwesenbeauftragte/r Poppenweiler [nicht begonnen, Frist: 31. Dezember 2025]
 • Gemeinwesenbeauftragte/r Eglosheim [im Gange, Frist: 31. Dezember 2025]
 • Gemeinwesenbeauftragte/r Grünbühl-Sonnenberg [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>IF3</t>
   </si>
   <si>
     <t>Fördermittelaquise</t>
   </si>
   <si>
     <t>IF4</t>
   </si>
   <si>
     <t>Netzwerkarbeit</t>
   </si>
   <si>
     <t>• Eglosheim [im Gange, Frist: 31. Dezember 2025]
 • Grünbühl-Sonnenberg [im Gange, Frist: 31. Dezember 2025]
 • Neckarweihingen [im Gange, Frist: 31. Dezember 2025]
 • Oststadt [im Gange, Frist: 31. Dezember 2025]
 • Weststadt [im Gange, Frist: 31. Dezember 2025]
 • Oßweil [im Gange, Frist: 31. Dezember 2025]</t>
   </si>
   <si>
     <t>IF5</t>
@@ -1409,51 +1404,51 @@
       </c>
       <c r="F33" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G33" s="3">
         <v>45944.56541578704</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="50" customHeight="1">
       <c r="A34" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>87</v>
       </c>
       <c r="G34" s="3">
-        <v>45603.57393655093</v>
+        <v>45968.4733453588</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="50" customHeight="1">
       <c r="A35" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G35" s="3">
         <v>45722.42264848379</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="50" customHeight="1">
       <c r="A36" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>91</v>