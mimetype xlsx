--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -26,55 +26,55 @@
   </bookViews>
   <sheets>
     <sheet name="Maßnahmen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>NV4</t>
   </si>
   <si>
     <t>Kommunale Klimapartnerschaft mit Ambato</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
     <t>• Wiederherstellung geschädigter Ökosysteme [nicht begonnen, Frist: 31. Dezember 2027]
 • Vermittlung internationaler Partnerschaften im öffentlichen Raum [nicht begonnen, Frist: 31. Dezember 2027]
-• Aufbau einer Schulpartnerschaft [im Gange, Frist: 31. Dezember 2025]
+• Förderung des öffentlichen Fahrradverkehrs [im Gange, Frist: 31. Dezember 2025]
 • Kooperation Innovationsnetzwerk &amp; Universidad Técnica de Ambato [im Gange, Frist: 31. Dezember 2025]
 • Kooperation PH Ludwigsburg - Universidad Técnica de Ambato [im Gange, Frist: 31. Dezember 2025]
 • Koordination und Projektmanagement der Klimapartnerschaft [im Gange, Frist: 31. Dezember 2025]
-• Förderung des öffentlichen Fahrradverkehrs [im Gange, Frist: 31. Dezember 2025]
+• Aufbau einer Schulpartnerschaft [im Gange, Frist: 31. Dezember 2025]
 • Verbesserung des Monitorings der Luftqualität [fertiggestellt 31. Dezember 2023]
 • Stärkung des Corona-Infektionsschutzes [fertiggestellt 31. Dezember 2021]
 • 1.000 Bäume für Ambato – 100 Bienenweiden für Ludwigsburg [fertiggestellt 31. Juli 2020]
 • Verbesserung der Qualität industrieller Abwässer [fertiggestellt 31. Dezember 2019]
 • Aufbauphase 2017-2019 [fertiggestellt 30. Dezember 2019]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>