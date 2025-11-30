--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -31,54 +31,54 @@
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>NV5</t>
   </si>
   <si>
     <t>Kommunale Klimapartnerschaft mit Kongoussi</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
     <t>• Bau von 500 Solar-Home-Systems [im Gange, Frist: 31. Dezember 2026]
 • Bau eines Brunnens mit solarbetriebener Pumpe [nicht begonnen, Frist: 31. Dezember 2026]
 • Installation von PV-Anlagen für Schulen und Krankenstationen [nicht begonnen, Frist: 31. Dezember 2026]
 • Einführung eines Ausbildungszweigs in Solartechnik an der Berufsschule Kongoussi [im Gange, Frist: 30. Juni 2026]
 • Koordination, Projektmanagement und Netzwerkarbeit der Klimapartnerschaft [im Gange, Frist: 31. Dezember 2025]
 • Koordination trilaterale Partnerschaft Ludwigsburg, Montbéliard, Kongoussi [im Gange, Frist: 31. Dezember 2025]
 • Fachaustausch Schwerpunkt Solarenergie zwischen Auszubildenden zum zehnjährigen Jubiläum der Klimapartnerschaft [fertiggestellt 31. Dezember 2024]
-• Verbesserung des Zugangs zu sauberem Trinkwasser [fertiggestellt 31. Dezember 2022]
+• Einsatz von Solarenergie [fertiggestellt 31. Dezember 2022]
 • Bau und Einsatz von Energiesparkochstellen [fertiggestellt 31. Dezember 2022]
 • Sensibilisierung zur Vermeidung von Plastikmüll [fertiggestellt 31. Dezember 2022]
-• Einsatz von Solarenergie [fertiggestellt 31. Dezember 2022]
+• Verbesserung des Zugangs zu sauberem Trinkwasser [fertiggestellt 31. Dezember 2022]
 • Verbesserte Hygiene und erhöhte landwirtschaftliche Produktivität [fertiggestellt 31. Dezember 2019]
 • Sichtbarmachung der gemeinsamen Projekte in Ludwigsburg und Kongoussi [fertiggestellt 31. Dezember 2019]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>
     <t>aktualisiert am</t>
   </si>
 </sst>