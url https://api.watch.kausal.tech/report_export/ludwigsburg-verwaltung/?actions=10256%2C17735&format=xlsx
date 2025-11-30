--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -30,51 +30,51 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="14">
   <si>
     <t>MI4</t>
   </si>
   <si>
     <t>Digitale Beteiligung über meinLB.de</t>
   </si>
   <si>
     <t>Umsetzung</t>
   </si>
   <si>
     <t>Fortlaufend</t>
   </si>
   <si>
     <t>MI7</t>
   </si>
   <si>
     <t>Ludwigsburg-Umfrage: Befragung der Bevölkerung</t>
   </si>
   <si>
-    <t>• Ludwigsburg-Umfrage 2025 [im Gange, Frist: 30. November 2025]
+    <t>• Ludwigsburg-Umfrage 2025 [fertiggestellt 16. November 2025]
 • Bürgerumfrage 2022 [fertiggestellt 1. Januar 2023]</t>
   </si>
   <si>
     <t>Kennung</t>
   </si>
   <si>
     <t>Maßnahme</t>
   </si>
   <si>
     <t>Umsetzungsphase</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Enddatum</t>
   </si>
   <si>
     <t>Aufgaben</t>
   </si>
   <si>
     <t>aktualisiert am</t>
   </si>
 </sst>
 </file>
@@ -496,51 +496,51 @@
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3">
         <v>45618.4003934375</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="50" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3">
-        <v>45945.41360163195</v>
+        <v>45987.40293736111</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:G3">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>NOT(MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>